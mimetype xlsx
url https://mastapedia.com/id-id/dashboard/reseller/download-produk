--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="692">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="684">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Kode</t>
   </si>
   <si>
     <t>Produk</t>
   </si>
   <si>
     <t>Item Produk</t>
   </si>
   <si>
     <t>Harga Normal</t>
   </si>
   <si>
     <t>Harga Basic</t>
   </si>
   <si>
     <t>Harga Gold</t>
   </si>
   <si>
     <t>Harga Platinum</t>
   </si>
   <si>
@@ -347,818 +347,776 @@
   <si>
     <t>Cc5</t>
   </si>
   <si>
     <t>Chaos Crisis 450 Diamonds</t>
   </si>
   <si>
     <t>Cc6</t>
   </si>
   <si>
     <t>Chaos Crisis 1840 Diamonds</t>
   </si>
   <si>
     <t>Cc7</t>
   </si>
   <si>
     <t>Chaos Crisis 1350 Diamonds</t>
   </si>
   <si>
     <t>Cc8</t>
   </si>
   <si>
     <t>Chaos Crisis 10000 Diamonds</t>
   </si>
   <si>
-    <t>Cpml</t>
+    <t>E1</t>
+  </si>
+  <si>
+    <t>Eternal City</t>
+  </si>
+  <si>
+    <t>Eternal City 70 Gems</t>
+  </si>
+  <si>
+    <t>E2</t>
+  </si>
+  <si>
+    <t>Eternal City 358 Gems</t>
+  </si>
+  <si>
+    <t>E3</t>
+  </si>
+  <si>
+    <t>Eternal City 558 Gems</t>
+  </si>
+  <si>
+    <t>E4</t>
+  </si>
+  <si>
+    <t>Eternal City 1118 Gems</t>
+  </si>
+  <si>
+    <t>E5</t>
+  </si>
+  <si>
+    <t>Eternal City 1398 Gems</t>
+  </si>
+  <si>
+    <t>E6</t>
+  </si>
+  <si>
+    <t>Eternal City 2300 Gems</t>
+  </si>
+  <si>
+    <t>E7</t>
+  </si>
+  <si>
+    <t>Eternal City 3800 Gems</t>
+  </si>
+  <si>
+    <t>E8</t>
+  </si>
+  <si>
+    <t>Eternal City 7000 Gems</t>
+  </si>
+  <si>
+    <t>E9</t>
+  </si>
+  <si>
+    <t>Monthly Card</t>
+  </si>
+  <si>
+    <t>Ec1</t>
+  </si>
+  <si>
+    <t>Era of Celestial</t>
+  </si>
+  <si>
+    <t>Era of Celestial 100 Diamonds</t>
+  </si>
+  <si>
+    <t>Ec10</t>
+  </si>
+  <si>
+    <t>Era of Celestial Artifact Chest</t>
+  </si>
+  <si>
+    <t>Ec2</t>
+  </si>
+  <si>
+    <t>Era of Celestial 500 Diamonds</t>
+  </si>
+  <si>
+    <t>Ec3</t>
+  </si>
+  <si>
+    <t>Era of Celestial 1000 Diamonds</t>
+  </si>
+  <si>
+    <t>Ec4</t>
+  </si>
+  <si>
+    <t>Era of Celestial 1500 Diamonds</t>
+  </si>
+  <si>
+    <t>Ec5</t>
+  </si>
+  <si>
+    <t>Era of Celestial 2000 Diamonds</t>
+  </si>
+  <si>
+    <t>Ec6</t>
+  </si>
+  <si>
+    <t>Era of Celestial 5000 Diamonds</t>
+  </si>
+  <si>
+    <t>Ec7</t>
+  </si>
+  <si>
+    <t>Era of Celestial 10000 Diamonds</t>
+  </si>
+  <si>
+    <t>Ec8</t>
+  </si>
+  <si>
+    <t>Era of Celestial Daily Level-Up Bundle</t>
+  </si>
+  <si>
+    <t>Ec9</t>
+  </si>
+  <si>
+    <t>Era of Celestial Special Ring Fragment Bundle</t>
+  </si>
+  <si>
+    <t>F1</t>
+  </si>
+  <si>
+    <t>FREE FIRE</t>
+  </si>
+  <si>
+    <t>Free Fire 5 Diamond</t>
+  </si>
+  <si>
+    <t>F10</t>
+  </si>
+  <si>
+    <t>Free Fire 210 Diamond</t>
+  </si>
+  <si>
+    <t>F11</t>
+  </si>
+  <si>
+    <t>Free Fire 250 Diamond</t>
+  </si>
+  <si>
+    <t>F12</t>
+  </si>
+  <si>
+    <t>Free Fire 280 Diamond</t>
+  </si>
+  <si>
+    <t>F13</t>
+  </si>
+  <si>
+    <t>Free Fire 300 Diamond</t>
+  </si>
+  <si>
+    <t>F14</t>
+  </si>
+  <si>
+    <t>Free Fire 355 Diamond</t>
+  </si>
+  <si>
+    <t>F15</t>
+  </si>
+  <si>
+    <t>Free Fire 400 Diamond</t>
+  </si>
+  <si>
+    <t>F17</t>
+  </si>
+  <si>
+    <t>Free Fire 475 Diamond</t>
+  </si>
+  <si>
+    <t>F2</t>
+  </si>
+  <si>
+    <t>Free Fire 15 Diamond</t>
+  </si>
+  <si>
+    <t>F21</t>
+  </si>
+  <si>
+    <t>Free Fire 800 Diamond</t>
+  </si>
+  <si>
+    <t>F22</t>
+  </si>
+  <si>
+    <t>Free Fire 930 Diamond</t>
+  </si>
+  <si>
+    <t>F23</t>
+  </si>
+  <si>
+    <t>Free Fire 1000 Diamond</t>
+  </si>
+  <si>
+    <t>F24</t>
+  </si>
+  <si>
+    <t>Free Fire 1200 Diamond</t>
+  </si>
+  <si>
+    <t>F25</t>
+  </si>
+  <si>
+    <t>Free Fire 1440 Diamond</t>
+  </si>
+  <si>
+    <t>F26</t>
+  </si>
+  <si>
+    <t>Free Fire 1580 Diamond</t>
+  </si>
+  <si>
+    <t>F27</t>
+  </si>
+  <si>
+    <t>Free Fire 2000 Diamond</t>
+  </si>
+  <si>
+    <t>F28</t>
+  </si>
+  <si>
+    <t>Free Fire 2355 Diamond</t>
+  </si>
+  <si>
+    <t>F3</t>
+  </si>
+  <si>
+    <t>Free Fire 25 Diamond</t>
+  </si>
+  <si>
+    <t>F4</t>
+  </si>
+  <si>
+    <t>Free Fire 50 Diamond</t>
+  </si>
+  <si>
+    <t>F5</t>
+  </si>
+  <si>
+    <t>Free Fire 70 Diamond</t>
+  </si>
+  <si>
+    <t>F6</t>
+  </si>
+  <si>
+    <t>Free Fire 100 Diamond</t>
+  </si>
+  <si>
+    <t>F7</t>
+  </si>
+  <si>
+    <t>Free Fire 140 Diamond</t>
+  </si>
+  <si>
+    <t>F8</t>
+  </si>
+  <si>
+    <t>Free Fire 150 Diamond</t>
+  </si>
+  <si>
+    <t>F9</t>
+  </si>
+  <si>
+    <t>Free Fire 200 Diamond</t>
+  </si>
+  <si>
+    <t>FC</t>
+  </si>
+  <si>
+    <t>FC Mobile</t>
+  </si>
+  <si>
+    <t>FC Mobile 40 FC Points</t>
+  </si>
+  <si>
+    <t>FC1</t>
+  </si>
+  <si>
+    <t>FC Mobile 39 Silver</t>
+  </si>
+  <si>
+    <t>FC2</t>
+  </si>
+  <si>
+    <t>FC Mobile 100 FC Points</t>
+  </si>
+  <si>
+    <t>FC3</t>
+  </si>
+  <si>
+    <t>FC Mobile 99 Silver</t>
+  </si>
+  <si>
+    <t>FC4</t>
+  </si>
+  <si>
+    <t>FC Mobile 520 FC Points</t>
+  </si>
+  <si>
+    <t>GI1</t>
+  </si>
+  <si>
+    <t>Genshin Impact</t>
+  </si>
+  <si>
+    <t>Genshin Impact 60 Genesis Crystals</t>
+  </si>
+  <si>
+    <t>GI3</t>
+  </si>
+  <si>
+    <t>Genshin Impact 1980+260 Genesis Crystals</t>
+  </si>
+  <si>
+    <t>GI4</t>
+  </si>
+  <si>
+    <t>Genshin Impact 3280+600 Genesis Crystals</t>
+  </si>
+  <si>
+    <t>He14</t>
+  </si>
+  <si>
+    <t>Heroes Evolved</t>
+  </si>
+  <si>
+    <t>Heroes Evolved 500 Tokens</t>
+  </si>
+  <si>
+    <t>He3</t>
+  </si>
+  <si>
+    <t>Heroes Evolved 2500 Tokens</t>
+  </si>
+  <si>
+    <t>He5</t>
+  </si>
+  <si>
+    <t>Heroes Evolved 6500 Tokens</t>
+  </si>
+  <si>
+    <t>Hee6</t>
+  </si>
+  <si>
+    <t>Heroes Evolved 1200 Tokens</t>
+  </si>
+  <si>
+    <t>HOK16</t>
+  </si>
+  <si>
+    <t>Honor of Kings</t>
+  </si>
+  <si>
+    <t>Honor of Kings 16 Tokens</t>
+  </si>
+  <si>
+    <t>HOK23</t>
+  </si>
+  <si>
+    <t>Honor of Kings 23 Tokens</t>
+  </si>
+  <si>
+    <t>HOK240</t>
+  </si>
+  <si>
+    <t>Honor of Kings 240 Tokens</t>
+  </si>
+  <si>
+    <t>HOK400</t>
+  </si>
+  <si>
+    <t>Honor of Kings 400 Tokens</t>
+  </si>
+  <si>
+    <t>HOK560</t>
+  </si>
+  <si>
+    <t>Honor of Kings 560 Tokens</t>
+  </si>
+  <si>
+    <t>HOK8</t>
+  </si>
+  <si>
+    <t>Honor of Kings 8 Tokens</t>
+  </si>
+  <si>
+    <t>HOK80</t>
+  </si>
+  <si>
+    <t>Honor of Kings 80 Tokens</t>
+  </si>
+  <si>
+    <t>HOK800</t>
+  </si>
+  <si>
+    <t>Honor of Kings 800 Tokens</t>
+  </si>
+  <si>
+    <t>HOKWCP</t>
+  </si>
+  <si>
+    <t>Honor of Kings Weekly Card Plus</t>
+  </si>
+  <si>
+    <t>Jd1s</t>
+  </si>
+  <si>
+    <t>Jade Dynasty</t>
+  </si>
+  <si>
+    <t>Jade Dynasty 64 Tael</t>
+  </si>
+  <si>
+    <t>Jd2s</t>
+  </si>
+  <si>
+    <t>Jade Dynasty 128 Tael</t>
+  </si>
+  <si>
+    <t>Jd3s</t>
+  </si>
+  <si>
+    <t>Jade Dynasty 318 Tael</t>
+  </si>
+  <si>
+    <t>Jd4s</t>
+  </si>
+  <si>
+    <t>Jade Dynasty 636 Tael</t>
+  </si>
+  <si>
+    <t>Jd5s</t>
+  </si>
+  <si>
+    <t>Jade Dynasty 1271 Tael</t>
+  </si>
+  <si>
+    <t>Jd6s</t>
+  </si>
+  <si>
+    <t>Jade Dynasty 1598 Tael</t>
+  </si>
+  <si>
+    <t>Kok1</t>
+  </si>
+  <si>
+    <t>King of Kings</t>
+  </si>
+  <si>
+    <t>King of Kings 85 Coupons</t>
+  </si>
+  <si>
+    <t>Kok2</t>
+  </si>
+  <si>
+    <t>King of Kings 128 Coupons</t>
+  </si>
+  <si>
+    <t>Kok3</t>
+  </si>
+  <si>
+    <t>King of Kings 213 Coupons</t>
+  </si>
+  <si>
+    <t>Kok4</t>
+  </si>
+  <si>
+    <t>King of Kings 255 Coupons</t>
+  </si>
+  <si>
+    <t>Kok5</t>
+  </si>
+  <si>
+    <t>King of Kings 319 Coupons</t>
+  </si>
+  <si>
+    <t>Kok6</t>
+  </si>
+  <si>
+    <t>King of Kings 426 Coupons</t>
+  </si>
+  <si>
+    <t>Lip1</t>
+  </si>
+  <si>
+    <t>LifeAfter Credits</t>
+  </si>
+  <si>
+    <t>LifeAfter 25 Credits</t>
+  </si>
+  <si>
+    <t>Lip2</t>
+  </si>
+  <si>
+    <t>LifeAfter 65 Credits</t>
+  </si>
+  <si>
+    <t>Lip3</t>
+  </si>
+  <si>
+    <t>LifeAfter 242 Credits</t>
+  </si>
+  <si>
+    <t>Lip4</t>
+  </si>
+  <si>
+    <t>LifeAfter 330 Credits</t>
+  </si>
+  <si>
+    <t>Lip5</t>
+  </si>
+  <si>
+    <t>LifeAfter 413 Credits</t>
+  </si>
+  <si>
+    <t>Lip6</t>
+  </si>
+  <si>
+    <t>LifeAfter 558 Credits</t>
+  </si>
+  <si>
+    <t>Lm4</t>
+  </si>
+  <si>
+    <t>Lords Mobile</t>
+  </si>
+  <si>
+    <t>Lords Mobile 195 Diamonds</t>
+  </si>
+  <si>
+    <t>Lm5</t>
+  </si>
+  <si>
+    <t>Lords Mobile Weekly Diamond Pass</t>
+  </si>
+  <si>
+    <t>Lm6</t>
+  </si>
+  <si>
+    <t>Lords Mobile 200 Diamonds</t>
+  </si>
+  <si>
+    <t>Lm8</t>
+  </si>
+  <si>
+    <t>Lords Mobile 785 Diamonds</t>
+  </si>
+  <si>
+    <t>Lm9</t>
+  </si>
+  <si>
+    <t>Lords Mobile 1964 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp1</t>
+  </si>
+  <si>
+    <t>Laplace M</t>
+  </si>
+  <si>
+    <t>Laplace M 60 Spirals</t>
+  </si>
+  <si>
+    <t>Lp1s</t>
+  </si>
+  <si>
+    <t>Love Nikki</t>
+  </si>
+  <si>
+    <t>85 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp2</t>
+  </si>
+  <si>
+    <t>Laplace M 300 Spirals</t>
+  </si>
+  <si>
+    <t>Lp2s</t>
+  </si>
+  <si>
+    <t>170 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp3</t>
+  </si>
+  <si>
+    <t>Laplace M 980 Spirals</t>
+  </si>
+  <si>
+    <t>Lp3s</t>
+  </si>
+  <si>
+    <t>258 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp4</t>
+  </si>
+  <si>
+    <t>Laplace M 1980 Spirals</t>
+  </si>
+  <si>
+    <t>Lp4s</t>
+  </si>
+  <si>
+    <t>440 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp5</t>
+  </si>
+  <si>
+    <t>Laplace M 3280 Spirals</t>
+  </si>
+  <si>
+    <t>Lp5s</t>
+  </si>
+  <si>
+    <t>880 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp6s</t>
+  </si>
+  <si>
+    <t>1760 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp7s</t>
+  </si>
+  <si>
+    <t>4500 Diamonds</t>
+  </si>
+  <si>
+    <t>Lp8s</t>
+  </si>
+  <si>
+    <t>6300 Diamonds</t>
+  </si>
+  <si>
+    <t>M1</t>
   </si>
   <si>
     <t>MOBILE LEGENDS</t>
   </si>
   <si>
-    <t>Mobile Legends Coupon Pass</t>
-[...661 lines deleted...]
-  <si>
     <t>MOBILELEGEND - 3 Diamond</t>
   </si>
   <si>
     <t>M10</t>
   </si>
   <si>
     <t>MOBILELEGEND - 74 Diamond</t>
   </si>
   <si>
     <t>M11</t>
   </si>
   <si>
     <t>MOBILELEGEND - 85 Diamond</t>
   </si>
   <si>
-    <t>M12</t>
-[...4 lines deleted...]
-  <si>
     <t>M13</t>
   </si>
   <si>
     <t>MOBILELEGEND - 112 Diamond</t>
   </si>
   <si>
     <t>M14</t>
   </si>
   <si>
     <t>MOBILELEGEND - 144 Diamond</t>
   </si>
   <si>
     <t>M15</t>
   </si>
   <si>
     <t>MOBILELEGEND - 167 Diamond</t>
   </si>
   <si>
     <t>M16</t>
   </si>
   <si>
     <t>MOBILELEGEND - 170 Diamond</t>
   </si>
   <si>
     <t>M17</t>
   </si>
   <si>
     <t>MOBILELEGEND - 185 Diamond</t>
   </si>
   <si>
-    <t>M18</t>
-[...4 lines deleted...]
-  <si>
     <t>M19</t>
   </si>
   <si>
     <t>MOBILELEGEND - 277 Diamond</t>
   </si>
   <si>
     <t>M2</t>
   </si>
   <si>
     <t>MOBILELEGEND - 5 Diamond</t>
   </si>
   <si>
     <t>M20</t>
   </si>
   <si>
     <t>MOBILELEGEND - 284 Diamond</t>
   </si>
   <si>
     <t>M21</t>
   </si>
   <si>
     <t>MOBILELEGEND - 305 Diamond</t>
   </si>
   <si>
     <t>M22</t>
   </si>
   <si>
     <t>MOBILELEGEND - 344 Diamond</t>
   </si>
   <si>
     <t>M23</t>
   </si>
   <si>
     <t>MOBILELEGEND - 370 Diamond</t>
   </si>
   <si>
-    <t>M24</t>
-[...4 lines deleted...]
-  <si>
     <t>M26</t>
   </si>
   <si>
     <t>MOBILELEGEND - 514 Diamond</t>
   </si>
   <si>
     <t>M27</t>
   </si>
   <si>
     <t>MOBILELEGEND - 568 Diamond</t>
   </si>
   <si>
     <t>M28</t>
   </si>
   <si>
     <t>MOBILELEGEND - 600 Diamond</t>
   </si>
   <si>
     <t>M29</t>
   </si>
   <si>
     <t>MOBILELEGEND - 706 Diamond</t>
   </si>
   <si>
     <t>M3</t>
@@ -1229,86 +1187,74 @@
   <si>
     <t>M4</t>
   </si>
   <si>
     <t>MOBILELEGEND - 19 Diamond</t>
   </si>
   <si>
     <t>M40</t>
   </si>
   <si>
     <t>MOBILELEGEND - 3453 Diamond</t>
   </si>
   <si>
     <t>M41</t>
   </si>
   <si>
     <t>MOBILELEGEND - 3738 Diamond</t>
   </si>
   <si>
     <t>M42</t>
   </si>
   <si>
     <t>MOBILELEGEND - 4020 Diamond</t>
   </si>
   <si>
-    <t>M43</t>
-[...4 lines deleted...]
-  <si>
     <t>M44</t>
   </si>
   <si>
     <t>MOBILELEGEND - 5200 Diamond</t>
   </si>
   <si>
     <t>M45</t>
   </si>
   <si>
     <t>MOBILELEGEND - 5532 Diamond</t>
   </si>
   <si>
     <t>M5</t>
   </si>
   <si>
     <t>MOBILELEGEND - 28 Diamond</t>
   </si>
   <si>
     <t>M6</t>
   </si>
   <si>
     <t>MOBILELEGEND - 36 Diamond</t>
   </si>
   <si>
-    <t>M7</t>
-[...4 lines deleted...]
-  <si>
     <t>M8</t>
   </si>
   <si>
     <t>MOBILELEGEND - 59 Diamond</t>
   </si>
   <si>
     <t>M9</t>
   </si>
   <si>
     <t>MOBILELEGEND - 66 Diamond</t>
   </si>
   <si>
     <t>MC1</t>
   </si>
   <si>
     <t>Magic Chess</t>
   </si>
   <si>
     <t>Magic Chess Go Go 5 Diamonds</t>
   </si>
   <si>
     <t>MC10</t>
   </si>
   <si>
     <t>Magic Chess Go Go 408 Diamonds</t>
@@ -1412,132 +1358,138 @@
   <si>
     <t>Msw3</t>
   </si>
   <si>
     <t>Marvel Super War 565 Star Credits</t>
   </si>
   <si>
     <t>Msw4</t>
   </si>
   <si>
     <t>Marvel Super War 1155 Star Credits</t>
   </si>
   <si>
     <t>Msw5</t>
   </si>
   <si>
     <t>Marvel Super War 1765 Star Credits</t>
   </si>
   <si>
     <t>Msw6</t>
   </si>
   <si>
     <t>Marvel Super War 2950 Star Credits</t>
   </si>
   <si>
+    <t>P1</t>
+  </si>
+  <si>
+    <t>POINT BLANK</t>
+  </si>
+  <si>
+    <t>1.200 PB Cash</t>
+  </si>
+  <si>
     <t>P10p</t>
   </si>
   <si>
     <t>PUBG MOBILE</t>
   </si>
   <si>
     <t>PUBG MOBILE 125 UC</t>
   </si>
   <si>
     <t>P11p</t>
   </si>
   <si>
     <t>PUBG MOBILE 180 UC</t>
   </si>
   <si>
     <t>P12p</t>
   </si>
   <si>
     <t>PUBG MOBILE 221 UC</t>
   </si>
   <si>
     <t>P13p</t>
   </si>
   <si>
     <t>PUBG MOBILE 300 UC</t>
   </si>
   <si>
     <t>P14p</t>
   </si>
   <si>
     <t>PUBG MOBILE 445 UC</t>
   </si>
   <si>
     <t>P15p</t>
   </si>
   <si>
     <t>PUBG MOBILE 500 UC</t>
   </si>
   <si>
     <t>P16p</t>
   </si>
   <si>
     <t>PUBG MOBILE 660 UC</t>
   </si>
   <si>
-    <t>P2</t>
-[...11 lines deleted...]
-    <t>PUBG MOBILE 16 UC</t>
+    <t>P17p</t>
+  </si>
+  <si>
+    <t>PUBG MOBILE 750 UC</t>
+  </si>
+  <si>
+    <t>P3</t>
+  </si>
+  <si>
+    <t>6.000 PB Cash</t>
   </si>
   <si>
     <t>P4</t>
   </si>
   <si>
     <t>7.000 PB Cash</t>
   </si>
   <si>
     <t>P4p</t>
   </si>
   <si>
     <t>PUBG MOBILE 26 UC</t>
   </si>
   <si>
     <t>P5</t>
   </si>
   <si>
     <t>12.000 PB Cash</t>
   </si>
   <si>
-    <t>P5p</t>
-[...2 lines deleted...]
-    <t>PUBG MOBILE 35 UC</t>
+    <t>P6</t>
+  </si>
+  <si>
+    <t>24.000 PB Cash</t>
   </si>
   <si>
     <t>P6p</t>
   </si>
   <si>
     <t>PUBG MOBILE 50 UC</t>
   </si>
   <si>
     <t>P7p</t>
   </si>
   <si>
     <t>PUBG MOBILE 62 UC</t>
   </si>
   <si>
     <t>P9p</t>
   </si>
   <si>
     <t>PUBG MOBILE 100 UC</t>
   </si>
   <si>
     <t>PBV1</t>
   </si>
   <si>
     <t>Voucher 1.200 PB Cash</t>
   </si>
@@ -1583,56 +1535,62 @@
   <si>
     <t>preqkeznm</t>
   </si>
   <si>
     <t>Ace Racer 1180 Tokens</t>
   </si>
   <si>
     <t>preyjmzm9</t>
   </si>
   <si>
     <t>Ace Racer 5880 Tokens</t>
   </si>
   <si>
     <t>prez8mkmz</t>
   </si>
   <si>
     <t>Ace Racer 2880 Tokens</t>
   </si>
   <si>
     <t>PUBG1</t>
   </si>
   <si>
     <t>Pubg Royale Pass</t>
   </si>
   <si>
+    <t>R2</t>
+  </si>
+  <si>
+    <t>Ragnarok M: Eternal Love</t>
+  </si>
+  <si>
+    <t>18 Big Cat Coins</t>
+  </si>
+  <si>
     <t>R3</t>
   </si>
   <si>
-    <t>Ragnarok M: Eternal Love</t>
-[...1 lines deleted...]
-  <si>
     <t>24 Big Cat Coins</t>
   </si>
   <si>
     <t>R4</t>
   </si>
   <si>
     <t>30 Big Cat Coins</t>
   </si>
   <si>
     <t>R5</t>
   </si>
   <si>
     <t>72 Big Cat Coins</t>
   </si>
   <si>
     <t>R6</t>
   </si>
   <si>
     <t>60 Big Cat Coins</t>
   </si>
   <si>
     <t>R7</t>
   </si>
   <si>
     <t>373 Big Cat Coins</t>
@@ -1934,50 +1892,56 @@
   <si>
     <t>Vps4</t>
   </si>
   <si>
     <t>Valorant 1.475 VP</t>
   </si>
   <si>
     <t>Vps5</t>
   </si>
   <si>
     <t>Valorant 2.000 VP</t>
   </si>
   <si>
     <t>Vps6</t>
   </si>
   <si>
     <t>Valorant 2.525 VP</t>
   </si>
   <si>
     <t>Vps7</t>
   </si>
   <si>
     <t>Valorant 3.050 VP</t>
   </si>
   <si>
+    <t>Vps8</t>
+  </si>
+  <si>
+    <t>Valorant 3.650 VP</t>
+  </si>
+  <si>
     <t>W2</t>
   </si>
   <si>
     <t>Werewolf (Party Game)</t>
   </si>
   <si>
     <t>Werewolf 6 Diamonds</t>
   </si>
   <si>
     <t>Wd1</t>
   </si>
   <si>
     <t>MOBILE LEGENDS Weekly Diamond Pass</t>
   </si>
   <si>
     <t>Wd2</t>
   </si>
   <si>
     <t>MOBILE LEGENDS Weekly Diamond Pass 2x</t>
   </si>
   <si>
     <t>Wd3</t>
   </si>
   <si>
     <t>MOBILE LEGENDS Weekly Diamond Pass 3x</t>
@@ -2018,56 +1982,50 @@
   <si>
     <t>Werewolf 225 Diamonds</t>
   </si>
   <si>
     <t>Ww1234</t>
   </si>
   <si>
     <t>Werewolf 495 Diamonds</t>
   </si>
   <si>
     <t>epic</t>
   </si>
   <si>
     <t>JOKI MOBILE LEGENDS</t>
   </si>
   <si>
     <t>Epic / Star</t>
   </si>
   <si>
     <t>mythic</t>
   </si>
   <si>
     <t>Legend / Star</t>
   </si>
   <si>
-    <t>tp1</t>
-[...4 lines deleted...]
-  <si>
     <t>pre28532981</t>
   </si>
   <si>
     <t>Mobile Legends First Top Up 50+Bonus Diamonds (Indonesia)</t>
   </si>
   <si>
     <t>pre28532982</t>
   </si>
   <si>
     <t>Mobile Legends First Top Up 150+Bonus Diamonds (Indonesia)</t>
   </si>
   <si>
     <t>pre28532983</t>
   </si>
   <si>
     <t>Mobile Legends First Top Up 250+Bonus Diamonds (Indonesia)</t>
   </si>
   <si>
     <t>pre28532984</t>
   </si>
   <si>
     <t>Mobile Legends First Top Up 500+Bonus Diamonds (Indonesia)</t>
   </si>
   <si>
     <t>pre28656053</t>
@@ -2088,50 +2046,68 @@
     <t>pre28656052</t>
   </si>
   <si>
     <t>Free Fire Membership Mingguan x2</t>
   </si>
   <si>
     <t>pre28656054</t>
   </si>
   <si>
     <t>Free Fire Membership Mingguan x4</t>
   </si>
   <si>
     <t>pre28656055</t>
   </si>
   <si>
     <t>Free Fire Membership Mingguan x5</t>
   </si>
   <si>
     <t>capcut1b</t>
   </si>
   <si>
     <t>capcut</t>
   </si>
   <si>
     <t>CapCut Pro 1 Bulan</t>
+  </si>
+  <si>
+    <t>pre29409412</t>
+  </si>
+  <si>
+    <t>Magic Chess Go Go Weekly Card 5x</t>
+  </si>
+  <si>
+    <t>pre29409411</t>
+  </si>
+  <si>
+    <t>Magic Chess Go Go Weekly Card 3x</t>
+  </si>
+  <si>
+    <t>pre29409410</t>
+  </si>
+  <si>
+    <t>Magic Chess Go Go Weekly Card 2x</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2440,54 +2416,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I323"/>
+  <dimension ref="A1:I319"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H323" sqref="H323"/>
+      <selection activeCell="H319" sqref="H319"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2868,205 +2844,205 @@
       </c>
       <c r="G14" s="2">
         <v>26677</v>
       </c>
       <c r="H14" s="2">
         <v>26416</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="2">
-        <v>69420</v>
+        <v>70553</v>
       </c>
       <c r="F15" s="2">
-        <v>69420</v>
+        <v>70553</v>
       </c>
       <c r="G15" s="2">
-        <v>68746</v>
+        <v>69868</v>
       </c>
       <c r="H15" s="2">
-        <v>68072</v>
+        <v>69183</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="2">
-        <v>137987</v>
+        <v>140150</v>
       </c>
       <c r="F16" s="2">
-        <v>137987</v>
+        <v>140150</v>
       </c>
       <c r="G16" s="2">
-        <v>136647</v>
+        <v>138789</v>
       </c>
       <c r="H16" s="2">
-        <v>135308</v>
+        <v>137429</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="2">
-        <v>276768</v>
+        <v>280991</v>
       </c>
       <c r="F17" s="2">
-        <v>276768</v>
+        <v>280991</v>
       </c>
       <c r="G17" s="2">
-        <v>274081</v>
+        <v>278263</v>
       </c>
       <c r="H17" s="2">
-        <v>271394</v>
+        <v>275535</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="2">
-        <v>406268</v>
+        <v>411521</v>
       </c>
       <c r="F18" s="2">
-        <v>406268</v>
+        <v>411521</v>
       </c>
       <c r="G18" s="2">
-        <v>402324</v>
+        <v>407526</v>
       </c>
       <c r="H18" s="2">
-        <v>398379</v>
+        <v>403530</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="2">
-        <v>683831</v>
+        <v>691144</v>
       </c>
       <c r="F19" s="2">
-        <v>683831</v>
+        <v>691144</v>
       </c>
       <c r="G19" s="2">
-        <v>677192</v>
+        <v>684434</v>
       </c>
       <c r="H19" s="2">
-        <v>670553</v>
+        <v>677724</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="2">
-        <v>1386872</v>
+        <v>1402110</v>
       </c>
       <c r="F20" s="2">
-        <v>1386872</v>
+        <v>1402110</v>
       </c>
       <c r="G20" s="2">
-        <v>1373408</v>
+        <v>1388497</v>
       </c>
       <c r="H20" s="2">
-        <v>1359943</v>
+        <v>1374885</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E21" s="2">
         <v>4841</v>
       </c>
       <c r="F21" s="2">
         <v>4841</v>
       </c>
       <c r="G21" s="2">
@@ -3245,176 +3221,176 @@
       </c>
       <c r="G27" s="2">
         <v>4759</v>
       </c>
       <c r="H27" s="2">
         <v>4713</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E28" s="2">
-        <v>87587</v>
+        <v>87225</v>
       </c>
       <c r="F28" s="2">
-        <v>87587</v>
+        <v>87225</v>
       </c>
       <c r="G28" s="2">
-        <v>86737</v>
+        <v>86378</v>
       </c>
       <c r="H28" s="2">
-        <v>85886</v>
+        <v>85531</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="2">
         <v>107584</v>
       </c>
       <c r="F29" s="2">
         <v>107584</v>
       </c>
       <c r="G29" s="2">
         <v>106539</v>
       </c>
       <c r="H29" s="2">
         <v>105495</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E30" s="2">
-        <v>154473</v>
+        <v>139544</v>
       </c>
       <c r="F30" s="2">
-        <v>154473</v>
+        <v>139544</v>
       </c>
       <c r="G30" s="2">
-        <v>152973</v>
+        <v>138190</v>
       </c>
       <c r="H30" s="2">
-        <v>151474</v>
+        <v>136835</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E31" s="2">
         <v>213358</v>
       </c>
       <c r="F31" s="2">
         <v>213358</v>
       </c>
       <c r="G31" s="2">
         <v>211287</v>
       </c>
       <c r="H31" s="2">
         <v>209215</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E32" s="2">
-        <v>278697</v>
+        <v>290790</v>
       </c>
       <c r="F32" s="2">
-        <v>278697</v>
+        <v>290790</v>
       </c>
       <c r="G32" s="2">
-        <v>275992</v>
+        <v>287966</v>
       </c>
       <c r="H32" s="2">
-        <v>273286</v>
+        <v>285143</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E33" s="2">
         <v>1792225</v>
       </c>
       <c r="F33" s="2">
         <v>1792225</v>
       </c>
       <c r="G33" s="2">
@@ -3883,7979 +3859,7863 @@
       </c>
       <c r="G49" s="2">
         <v>1345916</v>
       </c>
       <c r="H49" s="2">
         <v>1332720</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>111</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>112</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>113</v>
       </c>
       <c r="E50" s="2">
-        <v>71863</v>
+        <v>14913</v>
       </c>
       <c r="F50" s="2">
-        <v>71863</v>
+        <v>14913</v>
       </c>
       <c r="G50" s="2">
-        <v>71165</v>
+        <v>14769</v>
       </c>
       <c r="H50" s="2">
-        <v>70468</v>
+        <v>14624</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>114</v>
       </c>
       <c r="C51" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D51" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="2">
-        <v>14913</v>
+        <v>73530</v>
       </c>
       <c r="F51" s="2">
-        <v>14913</v>
+        <v>73530</v>
       </c>
       <c r="G51" s="2">
-        <v>14769</v>
+        <v>72816</v>
       </c>
       <c r="H51" s="2">
-        <v>14624</v>
+        <v>72102</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D52" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="C52" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52" s="2">
-        <v>73530</v>
+        <v>116596</v>
       </c>
       <c r="F52" s="2">
-        <v>73530</v>
+        <v>116596</v>
       </c>
       <c r="G52" s="2">
-        <v>72816</v>
+        <v>115464</v>
       </c>
       <c r="H52" s="2">
-        <v>72102</v>
+        <v>114332</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D53" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E53" s="2">
-        <v>116596</v>
+        <v>234029</v>
       </c>
       <c r="F53" s="2">
-        <v>116596</v>
+        <v>234029</v>
       </c>
       <c r="G53" s="2">
-        <v>115464</v>
+        <v>231757</v>
       </c>
       <c r="H53" s="2">
-        <v>114332</v>
+        <v>229485</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D54" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>234029</v>
+        <v>292739</v>
       </c>
       <c r="F54" s="2">
-        <v>234029</v>
+        <v>292739</v>
       </c>
       <c r="G54" s="2">
-        <v>231757</v>
+        <v>289897</v>
       </c>
       <c r="H54" s="2">
-        <v>229485</v>
+        <v>287055</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>292739</v>
+        <v>468908</v>
       </c>
       <c r="F55" s="2">
-        <v>292739</v>
+        <v>468908</v>
       </c>
       <c r="G55" s="2">
-        <v>289897</v>
+        <v>464355</v>
       </c>
       <c r="H55" s="2">
-        <v>287055</v>
+        <v>459803</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D56" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E56" s="2">
-        <v>468908</v>
+        <v>782041</v>
       </c>
       <c r="F56" s="2">
-        <v>468908</v>
+        <v>782041</v>
       </c>
       <c r="G56" s="2">
-        <v>464355</v>
+        <v>774448</v>
       </c>
       <c r="H56" s="2">
-        <v>459803</v>
+        <v>766856</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D57" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" s="2">
-        <v>782041</v>
+        <v>1467003</v>
       </c>
       <c r="F57" s="2">
-        <v>782041</v>
+        <v>1467003</v>
       </c>
       <c r="G57" s="2">
-        <v>774448</v>
+        <v>1452761</v>
       </c>
       <c r="H57" s="2">
-        <v>766856</v>
+        <v>1438518</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" s="2">
-        <v>1467003</v>
+        <v>73530</v>
       </c>
       <c r="F58" s="2">
-        <v>1467003</v>
+        <v>73530</v>
       </c>
       <c r="G58" s="2">
-        <v>1452761</v>
+        <v>72816</v>
       </c>
       <c r="H58" s="2">
-        <v>1438518</v>
+        <v>72102</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>132</v>
       </c>
       <c r="E59" s="2">
-        <v>73530</v>
+        <v>13390</v>
       </c>
       <c r="F59" s="2">
-        <v>73530</v>
+        <v>13390</v>
       </c>
       <c r="G59" s="2">
-        <v>72816</v>
+        <v>13260</v>
       </c>
       <c r="H59" s="2">
-        <v>72102</v>
+        <v>13130</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1">
         <v>59</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>133</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="2">
-        <v>13390</v>
+        <v>42915</v>
       </c>
       <c r="F60" s="2">
-        <v>13390</v>
+        <v>42915</v>
       </c>
       <c r="G60" s="2">
-        <v>13260</v>
+        <v>42498</v>
       </c>
       <c r="H60" s="2">
-        <v>13130</v>
+        <v>42082</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1">
         <v>60</v>
       </c>
       <c r="B61" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D61" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" s="2">
-        <v>42915</v>
+        <v>66950</v>
       </c>
       <c r="F61" s="2">
-        <v>42915</v>
+        <v>66950</v>
       </c>
       <c r="G61" s="2">
-        <v>42498</v>
+        <v>66300</v>
       </c>
       <c r="H61" s="2">
-        <v>42082</v>
+        <v>65650</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1">
         <v>61</v>
       </c>
       <c r="B62" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D62" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="2">
-        <v>66950</v>
+        <v>133900</v>
       </c>
       <c r="F62" s="2">
-        <v>66950</v>
+        <v>133900</v>
       </c>
       <c r="G62" s="2">
-        <v>66300</v>
+        <v>132600</v>
       </c>
       <c r="H62" s="2">
-        <v>65650</v>
+        <v>131300</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1">
         <v>62</v>
       </c>
       <c r="B63" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D63" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="2">
-        <v>133900</v>
+        <v>191683</v>
       </c>
       <c r="F63" s="2">
-        <v>133900</v>
+        <v>191683</v>
       </c>
       <c r="G63" s="2">
-        <v>132600</v>
+        <v>189822</v>
       </c>
       <c r="H63" s="2">
-        <v>131300</v>
+        <v>187961</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1">
         <v>63</v>
       </c>
       <c r="B64" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D64" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="2">
-        <v>191683</v>
+        <v>257500</v>
       </c>
       <c r="F64" s="2">
-        <v>191683</v>
+        <v>257500</v>
       </c>
       <c r="G64" s="2">
-        <v>189822</v>
+        <v>255000</v>
       </c>
       <c r="H64" s="2">
-        <v>187961</v>
+        <v>252500</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1">
         <v>64</v>
       </c>
       <c r="B65" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D65" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>257500</v>
+        <v>669500</v>
       </c>
       <c r="F65" s="2">
-        <v>257500</v>
+        <v>669500</v>
       </c>
       <c r="G65" s="2">
-        <v>255000</v>
+        <v>663000</v>
       </c>
       <c r="H65" s="2">
-        <v>252500</v>
+        <v>656500</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1">
         <v>65</v>
       </c>
       <c r="B66" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>669500</v>
+        <v>1339000</v>
       </c>
       <c r="F66" s="2">
-        <v>669500</v>
+        <v>1339000</v>
       </c>
       <c r="G66" s="2">
-        <v>663000</v>
+        <v>1326000</v>
       </c>
       <c r="H66" s="2">
-        <v>656500</v>
+        <v>1313000</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
         <v>66</v>
       </c>
       <c r="B67" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D67" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>1339000</v>
+        <v>14307</v>
       </c>
       <c r="F67" s="2">
-        <v>1339000</v>
+        <v>14307</v>
       </c>
       <c r="G67" s="2">
-        <v>1326000</v>
+        <v>14168</v>
       </c>
       <c r="H67" s="2">
-        <v>1313000</v>
+        <v>14029</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1">
         <v>67</v>
       </c>
       <c r="B68" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="2">
-        <v>14307</v>
+        <v>71508</v>
       </c>
       <c r="F68" s="2">
-        <v>14307</v>
+        <v>71508</v>
       </c>
       <c r="G68" s="2">
-        <v>14168</v>
+        <v>70814</v>
       </c>
       <c r="H68" s="2">
-        <v>14029</v>
+        <v>70119</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E69" s="2">
-        <v>71508</v>
+        <v>796</v>
       </c>
       <c r="F69" s="2">
-        <v>71508</v>
+        <v>796</v>
       </c>
       <c r="G69" s="2">
-        <v>70814</v>
+        <v>788</v>
       </c>
       <c r="H69" s="2">
-        <v>70119</v>
+        <v>781</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D70" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="2">
-        <v>765</v>
+        <v>26723</v>
       </c>
       <c r="F70" s="2">
-        <v>765</v>
+        <v>26723</v>
       </c>
       <c r="G70" s="2">
-        <v>758</v>
+        <v>26464</v>
       </c>
       <c r="H70" s="2">
-        <v>750</v>
+        <v>26204</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D71" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E71" s="2">
-        <v>26378</v>
+        <v>31503</v>
       </c>
       <c r="F71" s="2">
-        <v>26378</v>
+        <v>31503</v>
       </c>
       <c r="G71" s="2">
-        <v>26122</v>
+        <v>31197</v>
       </c>
       <c r="H71" s="2">
-        <v>25866</v>
+        <v>30891</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="2">
-        <v>29846</v>
+        <v>34685</v>
       </c>
       <c r="F72" s="2">
-        <v>29846</v>
+        <v>34685</v>
       </c>
       <c r="G72" s="2">
-        <v>29557</v>
+        <v>34349</v>
       </c>
       <c r="H72" s="2">
-        <v>29267</v>
+        <v>34012</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E73" s="2">
-        <v>32375</v>
+        <v>37449</v>
       </c>
       <c r="F73" s="2">
-        <v>32375</v>
+        <v>37449</v>
       </c>
       <c r="G73" s="2">
-        <v>32061</v>
+        <v>37085</v>
       </c>
       <c r="H73" s="2">
-        <v>31746</v>
+        <v>36722</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D74" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>35254</v>
+        <v>43183</v>
       </c>
       <c r="F74" s="2">
-        <v>35254</v>
+        <v>43183</v>
       </c>
       <c r="G74" s="2">
-        <v>34912</v>
+        <v>42764</v>
       </c>
       <c r="H74" s="2">
-        <v>34569</v>
+        <v>42344</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1">
         <v>74</v>
       </c>
       <c r="B75" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D75" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="2">
-        <v>40211</v>
+        <v>49224</v>
       </c>
       <c r="F75" s="2">
-        <v>40211</v>
+        <v>49224</v>
       </c>
       <c r="G75" s="2">
-        <v>39821</v>
+        <v>48746</v>
       </c>
       <c r="H75" s="2">
-        <v>39430</v>
+        <v>48268</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D76" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="2">
-        <v>46476</v>
+        <v>58103</v>
       </c>
       <c r="F76" s="2">
-        <v>46476</v>
+        <v>58103</v>
       </c>
       <c r="G76" s="2">
-        <v>46024</v>
+        <v>57539</v>
       </c>
       <c r="H76" s="2">
-        <v>45573</v>
+        <v>56975</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D77" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" s="2">
-        <v>51318</v>
+        <v>2378</v>
       </c>
       <c r="F77" s="2">
-        <v>51318</v>
+        <v>2378</v>
       </c>
       <c r="G77" s="2">
-        <v>50819</v>
+        <v>2355</v>
       </c>
       <c r="H77" s="2">
-        <v>50321</v>
+        <v>2332</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1">
         <v>77</v>
       </c>
       <c r="B78" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E78" s="2">
-        <v>54605</v>
+        <v>96169</v>
       </c>
       <c r="F78" s="2">
-        <v>54605</v>
+        <v>96169</v>
       </c>
       <c r="G78" s="2">
-        <v>54075</v>
+        <v>95235</v>
       </c>
       <c r="H78" s="2">
-        <v>53545</v>
+        <v>94302</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1">
         <v>78</v>
       </c>
       <c r="B79" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E79" s="2">
-        <v>60721</v>
+        <v>113867</v>
       </c>
       <c r="F79" s="2">
-        <v>60721</v>
+        <v>113867</v>
       </c>
       <c r="G79" s="2">
-        <v>60131</v>
+        <v>112761</v>
       </c>
       <c r="H79" s="2">
-        <v>59542</v>
+        <v>111656</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1">
         <v>79</v>
       </c>
       <c r="B80" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E80" s="2">
-        <v>76963</v>
+        <v>120407</v>
       </c>
       <c r="F80" s="2">
-        <v>76963</v>
+        <v>120407</v>
       </c>
       <c r="G80" s="2">
-        <v>76215</v>
+        <v>119238</v>
       </c>
       <c r="H80" s="2">
-        <v>75468</v>
+        <v>118069</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D81" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E81" s="2">
-        <v>2286</v>
+        <v>144645</v>
       </c>
       <c r="F81" s="2">
-        <v>2286</v>
+        <v>144645</v>
       </c>
       <c r="G81" s="2">
-        <v>2263</v>
+        <v>143241</v>
       </c>
       <c r="H81" s="2">
-        <v>2241</v>
+        <v>141836</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" s="2">
-        <v>91284</v>
+        <v>175023</v>
       </c>
       <c r="F82" s="2">
-        <v>91284</v>
+        <v>175023</v>
       </c>
       <c r="G82" s="2">
-        <v>90398</v>
+        <v>173324</v>
       </c>
       <c r="H82" s="2">
-        <v>89511</v>
+        <v>171624</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D83" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="C83" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E83" s="2">
-        <v>113867</v>
+        <v>189211</v>
       </c>
       <c r="F83" s="2">
-        <v>113867</v>
+        <v>189211</v>
       </c>
       <c r="G83" s="2">
-        <v>112761</v>
+        <v>187374</v>
       </c>
       <c r="H83" s="2">
-        <v>111656</v>
+        <v>185537</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D84" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" s="2">
-        <v>113789</v>
+        <v>244641</v>
       </c>
       <c r="F84" s="2">
-        <v>113789</v>
+        <v>244641</v>
       </c>
       <c r="G84" s="2">
-        <v>112685</v>
+        <v>242266</v>
       </c>
       <c r="H84" s="2">
-        <v>111580</v>
+        <v>239891</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>84</v>
       </c>
       <c r="B85" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D85" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>136295</v>
+        <v>288784</v>
       </c>
       <c r="F85" s="2">
-        <v>136295</v>
+        <v>288784</v>
       </c>
       <c r="G85" s="2">
-        <v>134972</v>
+        <v>285980</v>
       </c>
       <c r="H85" s="2">
-        <v>133648</v>
+        <v>283177</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
         <v>85</v>
       </c>
       <c r="B86" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D86" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>175023</v>
+        <v>3960</v>
       </c>
       <c r="F86" s="2">
-        <v>175023</v>
+        <v>3960</v>
       </c>
       <c r="G86" s="2">
-        <v>173324</v>
+        <v>3922</v>
       </c>
       <c r="H86" s="2">
-        <v>171624</v>
+        <v>3883</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
         <v>86</v>
       </c>
       <c r="B87" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D87" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="2">
-        <v>178602</v>
+        <v>6522</v>
       </c>
       <c r="F87" s="2">
-        <v>178602</v>
+        <v>6522</v>
       </c>
       <c r="G87" s="2">
-        <v>176868</v>
+        <v>6459</v>
       </c>
       <c r="H87" s="2">
-        <v>175134</v>
+        <v>6395</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
         <v>87</v>
       </c>
       <c r="B88" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D88" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>244641</v>
+        <v>8770</v>
       </c>
       <c r="F88" s="2">
-        <v>244641</v>
+        <v>8770</v>
       </c>
       <c r="G88" s="2">
-        <v>242266</v>
+        <v>8685</v>
       </c>
       <c r="H88" s="2">
-        <v>239891</v>
+        <v>8600</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
         <v>88</v>
       </c>
       <c r="B89" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D89" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" s="2">
-        <v>288784</v>
+        <v>13045</v>
       </c>
       <c r="F89" s="2">
-        <v>288784</v>
+        <v>13045</v>
       </c>
       <c r="G89" s="2">
-        <v>285980</v>
+        <v>12918</v>
       </c>
       <c r="H89" s="2">
-        <v>283177</v>
+        <v>12792</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
         <v>89</v>
       </c>
       <c r="B90" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D90" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="2">
-        <v>3806</v>
+        <v>17720</v>
       </c>
       <c r="F90" s="2">
-        <v>3806</v>
+        <v>17720</v>
       </c>
       <c r="G90" s="2">
-        <v>3769</v>
+        <v>17548</v>
       </c>
       <c r="H90" s="2">
-        <v>3732</v>
+        <v>17376</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
         <v>90</v>
       </c>
       <c r="B91" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D91" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E91" s="2">
-        <v>471995</v>
+        <v>18725</v>
       </c>
       <c r="F91" s="2">
-        <v>471995</v>
+        <v>18725</v>
       </c>
       <c r="G91" s="2">
-        <v>467413</v>
+        <v>18544</v>
       </c>
       <c r="H91" s="2">
-        <v>462830</v>
+        <v>18362</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>91</v>
       </c>
       <c r="B92" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D92" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="2">
-        <v>6087</v>
+        <v>25769</v>
       </c>
       <c r="F92" s="2">
-        <v>6087</v>
+        <v>25769</v>
       </c>
       <c r="G92" s="2">
-        <v>6028</v>
+        <v>25518</v>
       </c>
       <c r="H92" s="2">
-        <v>5969</v>
+        <v>25268</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
         <v>92</v>
       </c>
       <c r="B93" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>202</v>
       </c>
       <c r="E93" s="2">
-        <v>8694</v>
+        <v>6263</v>
       </c>
       <c r="F93" s="2">
-        <v>8694</v>
+        <v>6263</v>
       </c>
       <c r="G93" s="2">
-        <v>8610</v>
+        <v>6203</v>
       </c>
       <c r="H93" s="2">
-        <v>8525</v>
+        <v>6142</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1">
         <v>93</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E94" s="2">
-        <v>12176</v>
+        <v>6263</v>
       </c>
       <c r="F94" s="2">
-        <v>12176</v>
+        <v>6263</v>
       </c>
       <c r="G94" s="2">
-        <v>12057</v>
+        <v>6203</v>
       </c>
       <c r="H94" s="2">
-        <v>11939</v>
+        <v>6142</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1">
         <v>94</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>206</v>
       </c>
       <c r="E95" s="2">
-        <v>17427</v>
+        <v>15414</v>
       </c>
       <c r="F95" s="2">
-        <v>17427</v>
+        <v>15414</v>
       </c>
       <c r="G95" s="2">
-        <v>17257</v>
+        <v>15264</v>
       </c>
       <c r="H95" s="2">
-        <v>17088</v>
+        <v>15115</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1">
         <v>95</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E96" s="2">
-        <v>17477</v>
+        <v>15414</v>
       </c>
       <c r="F96" s="2">
-        <v>17477</v>
+        <v>15414</v>
       </c>
       <c r="G96" s="2">
-        <v>17307</v>
+        <v>15264</v>
       </c>
       <c r="H96" s="2">
-        <v>17138</v>
+        <v>15115</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1">
         <v>96</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>155</v>
+        <v>201</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E97" s="2">
-        <v>24419</v>
+        <v>76076</v>
       </c>
       <c r="F97" s="2">
-        <v>24419</v>
+        <v>76076</v>
       </c>
       <c r="G97" s="2">
-        <v>24182</v>
+        <v>75337</v>
       </c>
       <c r="H97" s="2">
-        <v>23945</v>
+        <v>74599</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1">
         <v>97</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E98" s="2">
-        <v>6263</v>
+        <v>11018</v>
       </c>
       <c r="F98" s="2">
-        <v>6263</v>
+        <v>11018</v>
       </c>
       <c r="G98" s="2">
-        <v>6203</v>
+        <v>10911</v>
       </c>
       <c r="H98" s="2">
-        <v>6142</v>
+        <v>10804</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1">
         <v>98</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E99" s="2">
-        <v>6263</v>
+        <v>360800</v>
       </c>
       <c r="F99" s="2">
-        <v>6263</v>
+        <v>360800</v>
       </c>
       <c r="G99" s="2">
-        <v>6203</v>
+        <v>357297</v>
       </c>
       <c r="H99" s="2">
-        <v>6142</v>
+        <v>353794</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1">
         <v>99</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>217</v>
       </c>
       <c r="E100" s="2">
-        <v>15414</v>
+        <v>624234</v>
       </c>
       <c r="F100" s="2">
-        <v>15414</v>
+        <v>624234</v>
       </c>
       <c r="G100" s="2">
-        <v>15264</v>
+        <v>618173</v>
       </c>
       <c r="H100" s="2">
-        <v>15115</v>
+        <v>612113</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1">
         <v>100</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E101" s="2">
-        <v>15414</v>
+        <v>75478</v>
       </c>
       <c r="F101" s="2">
-        <v>15414</v>
+        <v>75478</v>
       </c>
       <c r="G101" s="2">
-        <v>15264</v>
+        <v>74746</v>
       </c>
       <c r="H101" s="2">
-        <v>15115</v>
+        <v>74013</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1">
         <v>101</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E102" s="2">
-        <v>76076</v>
+        <v>302305</v>
       </c>
       <c r="F102" s="2">
-        <v>76076</v>
+        <v>302305</v>
       </c>
       <c r="G102" s="2">
-        <v>75337</v>
+        <v>299370</v>
       </c>
       <c r="H102" s="2">
-        <v>74599</v>
+        <v>296435</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1">
         <v>102</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E103" s="2">
-        <v>11140</v>
+        <v>755771</v>
       </c>
       <c r="F103" s="2">
-        <v>11140</v>
+        <v>755771</v>
       </c>
       <c r="G103" s="2">
-        <v>11032</v>
+        <v>748433</v>
       </c>
       <c r="H103" s="2">
-        <v>10924</v>
+        <v>741096</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1">
         <v>103</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>226</v>
       </c>
       <c r="E104" s="2">
-        <v>353310</v>
+        <v>151119</v>
       </c>
       <c r="F104" s="2">
-        <v>353310</v>
+        <v>151119</v>
       </c>
       <c r="G104" s="2">
-        <v>349879</v>
+        <v>149651</v>
       </c>
       <c r="H104" s="2">
-        <v>346449</v>
+        <v>148184</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1">
         <v>104</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E105" s="2">
-        <v>75478</v>
+        <v>2905</v>
       </c>
       <c r="F105" s="2">
-        <v>75478</v>
+        <v>2905</v>
       </c>
       <c r="G105" s="2">
-        <v>74746</v>
+        <v>2876</v>
       </c>
       <c r="H105" s="2">
-        <v>74013</v>
+        <v>2848</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
         <v>105</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E106" s="2">
-        <v>302305</v>
+        <v>4697</v>
       </c>
       <c r="F106" s="2">
-        <v>302305</v>
+        <v>4697</v>
       </c>
       <c r="G106" s="2">
-        <v>299370</v>
+        <v>4651</v>
       </c>
       <c r="H106" s="2">
-        <v>296435</v>
+        <v>4606</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
         <v>106</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E107" s="2">
-        <v>755771</v>
+        <v>43047</v>
       </c>
       <c r="F107" s="2">
-        <v>755771</v>
+        <v>43047</v>
       </c>
       <c r="G107" s="2">
-        <v>748433</v>
+        <v>42629</v>
       </c>
       <c r="H107" s="2">
-        <v>741096</v>
+        <v>42211</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
         <v>107</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E108" s="2">
-        <v>151119</v>
+        <v>74649</v>
       </c>
       <c r="F108" s="2">
-        <v>151119</v>
+        <v>74649</v>
       </c>
       <c r="G108" s="2">
-        <v>149651</v>
+        <v>73925</v>
       </c>
       <c r="H108" s="2">
-        <v>148184</v>
+        <v>73200</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
         <v>108</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C109" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="2">
-        <v>2905</v>
+        <v>96923</v>
       </c>
       <c r="F109" s="2">
-        <v>2905</v>
+        <v>96923</v>
       </c>
       <c r="G109" s="2">
-        <v>2876</v>
+        <v>95982</v>
       </c>
       <c r="H109" s="2">
-        <v>2848</v>
+        <v>95041</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
         <v>109</v>
       </c>
       <c r="B110" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D110" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E110" s="2">
-        <v>4697</v>
+        <v>1818</v>
       </c>
       <c r="F110" s="2">
-        <v>4697</v>
+        <v>1818</v>
       </c>
       <c r="G110" s="2">
-        <v>4651</v>
+        <v>1800</v>
       </c>
       <c r="H110" s="2">
-        <v>4606</v>
+        <v>1783</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
         <v>110</v>
       </c>
       <c r="B111" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D111" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E111" s="2">
-        <v>42256</v>
+        <v>14366</v>
       </c>
       <c r="F111" s="2">
-        <v>42256</v>
+        <v>14366</v>
       </c>
       <c r="G111" s="2">
-        <v>41846</v>
+        <v>14227</v>
       </c>
       <c r="H111" s="2">
-        <v>41435</v>
+        <v>14087</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1">
         <v>111</v>
       </c>
       <c r="B112" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D112" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="C112" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E112" s="2">
-        <v>74649</v>
+        <v>143494</v>
       </c>
       <c r="F112" s="2">
-        <v>74649</v>
+        <v>143494</v>
       </c>
       <c r="G112" s="2">
-        <v>73925</v>
+        <v>142101</v>
       </c>
       <c r="H112" s="2">
-        <v>73200</v>
+        <v>140708</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1">
         <v>112</v>
       </c>
       <c r="B113" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D113" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="C113" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E113" s="2">
-        <v>96923</v>
+        <v>41432</v>
       </c>
       <c r="F113" s="2">
-        <v>96923</v>
+        <v>41432</v>
       </c>
       <c r="G113" s="2">
-        <v>95982</v>
+        <v>41030</v>
       </c>
       <c r="H113" s="2">
-        <v>95041</v>
+        <v>40627</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1">
         <v>113</v>
       </c>
       <c r="B114" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E114" s="2">
-        <v>1570</v>
+        <v>10022</v>
       </c>
       <c r="F114" s="2">
-        <v>1570</v>
+        <v>10022</v>
       </c>
       <c r="G114" s="2">
-        <v>1554</v>
+        <v>9925</v>
       </c>
       <c r="H114" s="2">
-        <v>1539</v>
+        <v>9827</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1">
         <v>114</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>250</v>
       </c>
       <c r="E115" s="2">
-        <v>14366</v>
+        <v>19812</v>
       </c>
       <c r="F115" s="2">
-        <v>14366</v>
+        <v>19812</v>
       </c>
       <c r="G115" s="2">
-        <v>14227</v>
+        <v>19620</v>
       </c>
       <c r="H115" s="2">
-        <v>14087</v>
+        <v>19427</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1">
         <v>115</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E116" s="2">
-        <v>140999</v>
+        <v>49208</v>
       </c>
       <c r="F116" s="2">
-        <v>140999</v>
+        <v>49208</v>
       </c>
       <c r="G116" s="2">
-        <v>139630</v>
+        <v>48731</v>
       </c>
       <c r="H116" s="2">
-        <v>138261</v>
+        <v>48253</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1">
         <v>116</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>254</v>
       </c>
       <c r="E117" s="2">
-        <v>41483</v>
+        <v>98108</v>
       </c>
       <c r="F117" s="2">
-        <v>41483</v>
+        <v>98108</v>
       </c>
       <c r="G117" s="2">
-        <v>41081</v>
+        <v>97155</v>
       </c>
       <c r="H117" s="2">
-        <v>40678</v>
+        <v>96203</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1">
         <v>117</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C118" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D118" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" s="2">
-        <v>10022</v>
+        <v>195958</v>
       </c>
       <c r="F118" s="2">
-        <v>10022</v>
+        <v>195958</v>
       </c>
       <c r="G118" s="2">
-        <v>9925</v>
+        <v>194055</v>
       </c>
       <c r="H118" s="2">
-        <v>9827</v>
+        <v>192153</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1">
         <v>118</v>
       </c>
       <c r="B119" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D119" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E119" s="2">
-        <v>19812</v>
+        <v>244986</v>
       </c>
       <c r="F119" s="2">
-        <v>19812</v>
+        <v>244986</v>
       </c>
       <c r="G119" s="2">
-        <v>19620</v>
+        <v>242607</v>
       </c>
       <c r="H119" s="2">
-        <v>19427</v>
+        <v>240229</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1">
         <v>119</v>
       </c>
       <c r="B120" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E120" s="2">
-        <v>49208</v>
+        <v>19673</v>
       </c>
       <c r="F120" s="2">
-        <v>49208</v>
+        <v>19673</v>
       </c>
       <c r="G120" s="2">
-        <v>48731</v>
+        <v>19482</v>
       </c>
       <c r="H120" s="2">
-        <v>48253</v>
+        <v>19291</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1">
         <v>120</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>263</v>
       </c>
       <c r="E121" s="2">
-        <v>98108</v>
+        <v>29510</v>
       </c>
       <c r="F121" s="2">
-        <v>98108</v>
+        <v>29510</v>
       </c>
       <c r="G121" s="2">
-        <v>97155</v>
+        <v>29223</v>
       </c>
       <c r="H121" s="2">
-        <v>96203</v>
+        <v>28937</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
         <v>121</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>265</v>
       </c>
       <c r="E122" s="2">
-        <v>195958</v>
+        <v>49080</v>
       </c>
       <c r="F122" s="2">
-        <v>195958</v>
+        <v>49080</v>
       </c>
       <c r="G122" s="2">
-        <v>194055</v>
+        <v>48603</v>
       </c>
       <c r="H122" s="2">
-        <v>192153</v>
+        <v>48127</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
         <v>122</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E123" s="2">
-        <v>244986</v>
+        <v>58865</v>
       </c>
       <c r="F123" s="2">
-        <v>244986</v>
+        <v>58865</v>
       </c>
       <c r="G123" s="2">
-        <v>242607</v>
+        <v>58293</v>
       </c>
       <c r="H123" s="2">
-        <v>240229</v>
+        <v>57722</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>123</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C124" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D124" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124" s="2">
-        <v>19673</v>
+        <v>73465</v>
       </c>
       <c r="F124" s="2">
-        <v>19673</v>
+        <v>73465</v>
       </c>
       <c r="G124" s="2">
-        <v>19482</v>
+        <v>72752</v>
       </c>
       <c r="H124" s="2">
-        <v>19291</v>
+        <v>72038</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>124</v>
       </c>
       <c r="B125" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D125" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C125" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E125" s="2">
-        <v>29510</v>
+        <v>98005</v>
       </c>
       <c r="F125" s="2">
-        <v>29510</v>
+        <v>98005</v>
       </c>
       <c r="G125" s="2">
-        <v>29223</v>
+        <v>97053</v>
       </c>
       <c r="H125" s="2">
-        <v>28937</v>
+        <v>96102</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1">
         <v>125</v>
       </c>
       <c r="B126" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E126" s="2">
-        <v>49080</v>
+        <v>5722</v>
       </c>
       <c r="F126" s="2">
-        <v>49080</v>
+        <v>5722</v>
       </c>
       <c r="G126" s="2">
-        <v>48603</v>
+        <v>5666</v>
       </c>
       <c r="H126" s="2">
-        <v>48127</v>
+        <v>5611</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1">
         <v>126</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E127" s="2">
-        <v>58865</v>
+        <v>14987</v>
       </c>
       <c r="F127" s="2">
-        <v>58865</v>
+        <v>14987</v>
       </c>
       <c r="G127" s="2">
-        <v>58293</v>
+        <v>14841</v>
       </c>
       <c r="H127" s="2">
-        <v>57722</v>
+        <v>14696</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1">
         <v>127</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>278</v>
       </c>
       <c r="E128" s="2">
-        <v>73465</v>
+        <v>37106</v>
       </c>
       <c r="F128" s="2">
-        <v>73465</v>
+        <v>37106</v>
       </c>
       <c r="G128" s="2">
-        <v>72752</v>
+        <v>36746</v>
       </c>
       <c r="H128" s="2">
-        <v>72038</v>
+        <v>36385</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1">
         <v>128</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>280</v>
       </c>
       <c r="E129" s="2">
-        <v>98005</v>
+        <v>62192</v>
       </c>
       <c r="F129" s="2">
-        <v>98005</v>
+        <v>62192</v>
       </c>
       <c r="G129" s="2">
-        <v>97053</v>
+        <v>61589</v>
       </c>
       <c r="H129" s="2">
-        <v>96102</v>
+        <v>60985</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1">
         <v>129</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D130" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" s="2">
-        <v>5722</v>
+        <v>103592</v>
       </c>
       <c r="F130" s="2">
-        <v>5722</v>
+        <v>103592</v>
       </c>
       <c r="G130" s="2">
-        <v>5666</v>
+        <v>102587</v>
       </c>
       <c r="H130" s="2">
-        <v>5611</v>
+        <v>101581</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1">
         <v>130</v>
       </c>
       <c r="B131" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D131" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E131" s="2">
-        <v>14987</v>
+        <v>93883</v>
       </c>
       <c r="F131" s="2">
-        <v>14987</v>
+        <v>93883</v>
       </c>
       <c r="G131" s="2">
-        <v>14841</v>
+        <v>92972</v>
       </c>
       <c r="H131" s="2">
-        <v>14696</v>
+        <v>92060</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1">
         <v>131</v>
       </c>
       <c r="B132" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C132" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E132" s="2">
-        <v>37106</v>
+        <v>33882</v>
       </c>
       <c r="F132" s="2">
-        <v>37106</v>
+        <v>33882</v>
       </c>
       <c r="G132" s="2">
-        <v>36746</v>
+        <v>33553</v>
       </c>
       <c r="H132" s="2">
-        <v>36385</v>
+        <v>33224</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1">
         <v>132</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>289</v>
       </c>
       <c r="E133" s="2">
-        <v>61162</v>
+        <v>34165</v>
       </c>
       <c r="F133" s="2">
-        <v>61162</v>
+        <v>34165</v>
       </c>
       <c r="G133" s="2">
-        <v>60569</v>
+        <v>33833</v>
       </c>
       <c r="H133" s="2">
-        <v>59975</v>
+        <v>33502</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1">
         <v>133</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>291</v>
       </c>
       <c r="E134" s="2">
-        <v>75267</v>
+        <v>30591</v>
       </c>
       <c r="F134" s="2">
-        <v>75267</v>
+        <v>30591</v>
       </c>
       <c r="G134" s="2">
-        <v>74537</v>
+        <v>30294</v>
       </c>
       <c r="H134" s="2">
-        <v>73806</v>
+        <v>29997</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
         <v>134</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>293</v>
       </c>
       <c r="E135" s="2">
-        <v>93883</v>
+        <v>134880</v>
       </c>
       <c r="F135" s="2">
-        <v>93883</v>
+        <v>134880</v>
       </c>
       <c r="G135" s="2">
-        <v>92972</v>
+        <v>133570</v>
       </c>
       <c r="H135" s="2">
-        <v>92060</v>
+        <v>132261</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>135</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C136" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D136" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E136" s="2">
-        <v>33882</v>
+        <v>341062</v>
       </c>
       <c r="F136" s="2">
-        <v>33882</v>
+        <v>341062</v>
       </c>
       <c r="G136" s="2">
-        <v>33553</v>
+        <v>337751</v>
       </c>
       <c r="H136" s="2">
-        <v>33224</v>
+        <v>334439</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
         <v>136</v>
       </c>
       <c r="B137" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>298</v>
       </c>
       <c r="E137" s="2">
-        <v>34410</v>
+        <v>13143</v>
       </c>
       <c r="F137" s="2">
-        <v>34410</v>
+        <v>13143</v>
       </c>
       <c r="G137" s="2">
-        <v>34076</v>
+        <v>13015</v>
       </c>
       <c r="H137" s="2">
-        <v>33742</v>
+        <v>12888</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>137</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E138" s="2">
-        <v>30591</v>
+        <v>14804</v>
       </c>
       <c r="F138" s="2">
-        <v>30591</v>
+        <v>14804</v>
       </c>
       <c r="G138" s="2">
-        <v>30294</v>
+        <v>14660</v>
       </c>
       <c r="H138" s="2">
-        <v>29997</v>
+        <v>14517</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>138</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E139" s="2">
-        <v>134880</v>
+        <v>66650</v>
       </c>
       <c r="F139" s="2">
-        <v>134880</v>
+        <v>66650</v>
       </c>
       <c r="G139" s="2">
-        <v>133570</v>
+        <v>66003</v>
       </c>
       <c r="H139" s="2">
-        <v>132261</v>
+        <v>65356</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
         <v>139</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E140" s="2">
-        <v>340097</v>
+        <v>28608</v>
       </c>
       <c r="F140" s="2">
-        <v>340097</v>
+        <v>28608</v>
       </c>
       <c r="G140" s="2">
-        <v>336795</v>
+        <v>28331</v>
       </c>
       <c r="H140" s="2">
-        <v>333493</v>
+        <v>28053</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
         <v>140</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E141" s="2">
-        <v>13143</v>
+        <v>194518</v>
       </c>
       <c r="F141" s="2">
-        <v>13143</v>
+        <v>194518</v>
       </c>
       <c r="G141" s="2">
-        <v>13015</v>
+        <v>192629</v>
       </c>
       <c r="H141" s="2">
-        <v>12888</v>
+        <v>190741</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>141</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C142" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D142" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" s="2">
-        <v>14804</v>
+        <v>44200</v>
       </c>
       <c r="F142" s="2">
-        <v>14804</v>
+        <v>44200</v>
       </c>
       <c r="G142" s="2">
-        <v>14660</v>
+        <v>43771</v>
       </c>
       <c r="H142" s="2">
-        <v>14517</v>
+        <v>43342</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1">
         <v>142</v>
       </c>
       <c r="B143" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D143" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E143" s="2">
-        <v>66650</v>
+        <v>541696</v>
       </c>
       <c r="F143" s="2">
-        <v>66650</v>
+        <v>541696</v>
       </c>
       <c r="G143" s="2">
-        <v>66003</v>
+        <v>536436</v>
       </c>
       <c r="H143" s="2">
-        <v>65356</v>
+        <v>531177</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1">
         <v>143</v>
       </c>
       <c r="B144" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D144" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="C144" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E144" s="2">
-        <v>28608</v>
+        <v>73594</v>
       </c>
       <c r="F144" s="2">
-        <v>28608</v>
+        <v>73594</v>
       </c>
       <c r="G144" s="2">
-        <v>28331</v>
+        <v>72879</v>
       </c>
       <c r="H144" s="2">
-        <v>28053</v>
+        <v>72165</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1">
         <v>144</v>
       </c>
       <c r="B145" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D145" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E145" s="2">
-        <v>194518</v>
+        <v>808585</v>
       </c>
       <c r="F145" s="2">
-        <v>194518</v>
+        <v>808585</v>
       </c>
       <c r="G145" s="2">
-        <v>192629</v>
+        <v>800735</v>
       </c>
       <c r="H145" s="2">
-        <v>190741</v>
+        <v>792884</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1">
         <v>145</v>
       </c>
       <c r="B146" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D146" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E146" s="2">
-        <v>44200</v>
+        <v>145977</v>
       </c>
       <c r="F146" s="2">
-        <v>44200</v>
+        <v>145977</v>
       </c>
       <c r="G146" s="2">
-        <v>43771</v>
+        <v>144560</v>
       </c>
       <c r="H146" s="2">
-        <v>43342</v>
+        <v>143142</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>146</v>
       </c>
       <c r="B147" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D147" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E147" s="2">
-        <v>541696</v>
+        <v>292765</v>
       </c>
       <c r="F147" s="2">
-        <v>541696</v>
+        <v>292765</v>
       </c>
       <c r="G147" s="2">
-        <v>536436</v>
+        <v>289923</v>
       </c>
       <c r="H147" s="2">
-        <v>531177</v>
+        <v>287080</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>147</v>
       </c>
       <c r="B148" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D148" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E148" s="2">
-        <v>73594</v>
+        <v>723318</v>
       </c>
       <c r="F148" s="2">
-        <v>73594</v>
+        <v>723318</v>
       </c>
       <c r="G148" s="2">
-        <v>72879</v>
+        <v>716295</v>
       </c>
       <c r="H148" s="2">
-        <v>72165</v>
+        <v>709273</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>148</v>
       </c>
       <c r="B149" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D149" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="C149" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E149" s="2">
-        <v>808585</v>
+        <v>977753</v>
       </c>
       <c r="F149" s="2">
-        <v>808585</v>
+        <v>977753</v>
       </c>
       <c r="G149" s="2">
-        <v>800735</v>
+        <v>968261</v>
       </c>
       <c r="H149" s="2">
-        <v>792884</v>
+        <v>958768</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>149</v>
       </c>
       <c r="B150" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>326</v>
       </c>
       <c r="E150" s="2">
-        <v>145977</v>
+        <v>1026</v>
       </c>
       <c r="F150" s="2">
-        <v>145977</v>
+        <v>1026</v>
       </c>
       <c r="G150" s="2">
-        <v>144560</v>
+        <v>1016</v>
       </c>
       <c r="H150" s="2">
-        <v>143142</v>
+        <v>1006</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>150</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E151" s="2">
-        <v>292765</v>
+        <v>19309</v>
       </c>
       <c r="F151" s="2">
-        <v>292765</v>
+        <v>19309</v>
       </c>
       <c r="G151" s="2">
-        <v>289923</v>
+        <v>19122</v>
       </c>
       <c r="H151" s="2">
-        <v>287080</v>
+        <v>18934</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>151</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>330</v>
       </c>
       <c r="E152" s="2">
-        <v>723318</v>
+        <v>23701</v>
       </c>
       <c r="F152" s="2">
-        <v>723318</v>
+        <v>23701</v>
       </c>
       <c r="G152" s="2">
-        <v>716295</v>
+        <v>23471</v>
       </c>
       <c r="H152" s="2">
-        <v>709273</v>
+        <v>23241</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>152</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>309</v>
+        <v>325</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E153" s="2">
-        <v>977753</v>
+        <v>31953</v>
       </c>
       <c r="F153" s="2">
-        <v>977753</v>
+        <v>31953</v>
       </c>
       <c r="G153" s="2">
-        <v>968261</v>
+        <v>31642</v>
       </c>
       <c r="H153" s="2">
-        <v>958768</v>
+        <v>31332</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>153</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>334</v>
       </c>
       <c r="E154" s="2">
-        <v>1026</v>
+        <v>40203</v>
       </c>
       <c r="F154" s="2">
-        <v>1026</v>
+        <v>40203</v>
       </c>
       <c r="G154" s="2">
-        <v>1016</v>
+        <v>39813</v>
       </c>
       <c r="H154" s="2">
-        <v>1006</v>
+        <v>39422</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
         <v>154</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>336</v>
       </c>
       <c r="E155" s="2">
-        <v>19309</v>
+        <v>43873</v>
       </c>
       <c r="F155" s="2">
-        <v>19309</v>
+        <v>43873</v>
       </c>
       <c r="G155" s="2">
-        <v>19122</v>
+        <v>43447</v>
       </c>
       <c r="H155" s="2">
-        <v>18934</v>
+        <v>43021</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>155</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>337</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>338</v>
       </c>
       <c r="E156" s="2">
-        <v>23720</v>
+        <v>47251</v>
       </c>
       <c r="F156" s="2">
-        <v>23720</v>
+        <v>47251</v>
       </c>
       <c r="G156" s="2">
-        <v>23490</v>
+        <v>46793</v>
       </c>
       <c r="H156" s="2">
-        <v>23259</v>
+        <v>46334</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>156</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>340</v>
       </c>
       <c r="E157" s="2">
-        <v>24123</v>
+        <v>49756</v>
       </c>
       <c r="F157" s="2">
-        <v>24123</v>
+        <v>49756</v>
       </c>
       <c r="G157" s="2">
-        <v>23888</v>
+        <v>49273</v>
       </c>
       <c r="H157" s="2">
-        <v>23654</v>
+        <v>48790</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1">
         <v>157</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>342</v>
       </c>
       <c r="E158" s="2">
-        <v>32023</v>
+        <v>78003</v>
       </c>
       <c r="F158" s="2">
-        <v>32023</v>
+        <v>78003</v>
       </c>
       <c r="G158" s="2">
-        <v>31712</v>
+        <v>77246</v>
       </c>
       <c r="H158" s="2">
-        <v>31401</v>
+        <v>76488</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1">
         <v>158</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>344</v>
       </c>
       <c r="E159" s="2">
-        <v>40176</v>
+        <v>1447</v>
       </c>
       <c r="F159" s="2">
-        <v>40176</v>
+        <v>1447</v>
       </c>
       <c r="G159" s="2">
-        <v>39786</v>
+        <v>1433</v>
       </c>
       <c r="H159" s="2">
-        <v>39396</v>
+        <v>1419</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1">
         <v>159</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E160" s="2">
-        <v>43372</v>
+        <v>79054</v>
       </c>
       <c r="F160" s="2">
-        <v>43372</v>
+        <v>79054</v>
       </c>
       <c r="G160" s="2">
-        <v>42951</v>
+        <v>78286</v>
       </c>
       <c r="H160" s="2">
-        <v>42530</v>
+        <v>77519</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
         <v>160</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>348</v>
       </c>
       <c r="E161" s="2">
-        <v>47291</v>
+        <v>80013</v>
       </c>
       <c r="F161" s="2">
-        <v>47291</v>
+        <v>80013</v>
       </c>
       <c r="G161" s="2">
-        <v>46832</v>
+        <v>79237</v>
       </c>
       <c r="H161" s="2">
-        <v>46373</v>
+        <v>78460</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
         <v>161</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>350</v>
       </c>
       <c r="E162" s="2">
-        <v>49756</v>
+        <v>91764</v>
       </c>
       <c r="F162" s="2">
-        <v>49756</v>
+        <v>91764</v>
       </c>
       <c r="G162" s="2">
-        <v>49273</v>
+        <v>90873</v>
       </c>
       <c r="H162" s="2">
-        <v>48790</v>
+        <v>89982</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
         <v>162</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>352</v>
       </c>
       <c r="E163" s="2">
-        <v>57778</v>
+        <v>99695</v>
       </c>
       <c r="F163" s="2">
-        <v>57778</v>
+        <v>99695</v>
       </c>
       <c r="G163" s="2">
-        <v>57217</v>
+        <v>98727</v>
       </c>
       <c r="H163" s="2">
-        <v>56656</v>
+        <v>97759</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1">
         <v>163</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E164" s="2">
-        <v>77979</v>
+        <v>134059</v>
       </c>
       <c r="F164" s="2">
-        <v>77979</v>
+        <v>134059</v>
       </c>
       <c r="G164" s="2">
-        <v>77222</v>
+        <v>132757</v>
       </c>
       <c r="H164" s="2">
-        <v>76465</v>
+        <v>131456</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1">
         <v>164</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>356</v>
       </c>
       <c r="E165" s="2">
-        <v>1447</v>
+        <v>154055</v>
       </c>
       <c r="F165" s="2">
-        <v>1447</v>
+        <v>154055</v>
       </c>
       <c r="G165" s="2">
-        <v>1433</v>
+        <v>152559</v>
       </c>
       <c r="H165" s="2">
-        <v>1419</v>
+        <v>151064</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1">
         <v>165</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>358</v>
       </c>
       <c r="E166" s="2">
-        <v>79017</v>
+        <v>163806</v>
       </c>
       <c r="F166" s="2">
-        <v>79017</v>
+        <v>163806</v>
       </c>
       <c r="G166" s="2">
-        <v>78250</v>
+        <v>162216</v>
       </c>
       <c r="H166" s="2">
-        <v>77483</v>
+        <v>160625</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1">
         <v>166</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>360</v>
       </c>
       <c r="E167" s="2">
-        <v>79933</v>
+        <v>193057</v>
       </c>
       <c r="F167" s="2">
-        <v>79933</v>
+        <v>193057</v>
       </c>
       <c r="G167" s="2">
-        <v>79157</v>
+        <v>191183</v>
       </c>
       <c r="H167" s="2">
-        <v>78381</v>
+        <v>189308</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1">
         <v>167</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>362</v>
       </c>
       <c r="E168" s="2">
-        <v>91764</v>
+        <v>3399</v>
       </c>
       <c r="F168" s="2">
-        <v>91764</v>
+        <v>3399</v>
       </c>
       <c r="G168" s="2">
-        <v>90873</v>
+        <v>3366</v>
       </c>
       <c r="H168" s="2">
-        <v>89982</v>
+        <v>3333</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1">
         <v>168</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>364</v>
       </c>
       <c r="E169" s="2">
-        <v>99695</v>
+        <v>235958</v>
       </c>
       <c r="F169" s="2">
-        <v>99695</v>
+        <v>235958</v>
       </c>
       <c r="G169" s="2">
-        <v>98727</v>
+        <v>233667</v>
       </c>
       <c r="H169" s="2">
-        <v>97759</v>
+        <v>231376</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1">
         <v>169</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>365</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>366</v>
       </c>
       <c r="E170" s="2">
-        <v>106183</v>
+        <v>240895</v>
       </c>
       <c r="F170" s="2">
-        <v>106183</v>
+        <v>240895</v>
       </c>
       <c r="G170" s="2">
-        <v>105152</v>
+        <v>238557</v>
       </c>
       <c r="H170" s="2">
-        <v>104121</v>
+        <v>236218</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1">
         <v>170</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>368</v>
       </c>
       <c r="E171" s="2">
-        <v>134451</v>
+        <v>262814</v>
       </c>
       <c r="F171" s="2">
-        <v>134451</v>
+        <v>262814</v>
       </c>
       <c r="G171" s="2">
-        <v>133146</v>
+        <v>260262</v>
       </c>
       <c r="H171" s="2">
-        <v>131840</v>
+        <v>257711</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
         <v>171</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>370</v>
       </c>
       <c r="E172" s="2">
-        <v>154179</v>
+        <v>293251</v>
       </c>
       <c r="F172" s="2">
-        <v>154179</v>
+        <v>293251</v>
       </c>
       <c r="G172" s="2">
-        <v>152682</v>
+        <v>290404</v>
       </c>
       <c r="H172" s="2">
-        <v>151185</v>
+        <v>287557</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1">
         <v>172</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E173" s="2">
-        <v>163964</v>
+        <v>365382</v>
       </c>
       <c r="F173" s="2">
-        <v>163964</v>
+        <v>365382</v>
       </c>
       <c r="G173" s="2">
-        <v>162372</v>
+        <v>361835</v>
       </c>
       <c r="H173" s="2">
-        <v>160780</v>
+        <v>358287</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1">
         <v>173</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>374</v>
       </c>
       <c r="E174" s="2">
-        <v>193168</v>
+        <v>424875</v>
       </c>
       <c r="F174" s="2">
-        <v>193168</v>
+        <v>424875</v>
       </c>
       <c r="G174" s="2">
-        <v>191293</v>
+        <v>420750</v>
       </c>
       <c r="H174" s="2">
-        <v>189417</v>
+        <v>416625</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1">
         <v>174</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>376</v>
       </c>
       <c r="E175" s="2">
-        <v>3338</v>
+        <v>513017</v>
       </c>
       <c r="F175" s="2">
-        <v>3338</v>
+        <v>513017</v>
       </c>
       <c r="G175" s="2">
-        <v>3306</v>
+        <v>508037</v>
       </c>
       <c r="H175" s="2">
-        <v>3273</v>
+        <v>503056</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1">
         <v>175</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>377</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E176" s="2">
-        <v>236308</v>
+        <v>533576</v>
       </c>
       <c r="F176" s="2">
-        <v>236308</v>
+        <v>533576</v>
       </c>
       <c r="G176" s="2">
-        <v>234014</v>
+        <v>528396</v>
       </c>
       <c r="H176" s="2">
-        <v>231719</v>
+        <v>523215</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1">
         <v>176</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>380</v>
       </c>
       <c r="E177" s="2">
-        <v>240654</v>
+        <v>626601</v>
       </c>
       <c r="F177" s="2">
-        <v>240654</v>
+        <v>626601</v>
       </c>
       <c r="G177" s="2">
-        <v>238318</v>
+        <v>620517</v>
       </c>
       <c r="H177" s="2">
-        <v>235981</v>
+        <v>614434</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1">
         <v>177</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E178" s="2">
-        <v>262809</v>
+        <v>747753</v>
       </c>
       <c r="F178" s="2">
-        <v>262809</v>
+        <v>747753</v>
       </c>
       <c r="G178" s="2">
-        <v>260257</v>
+        <v>740493</v>
       </c>
       <c r="H178" s="2">
-        <v>257706</v>
+        <v>733234</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1">
         <v>178</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E179" s="2">
-        <v>300690</v>
+        <v>5706</v>
       </c>
       <c r="F179" s="2">
-        <v>300690</v>
+        <v>5706</v>
       </c>
       <c r="G179" s="2">
-        <v>297771</v>
+        <v>5651</v>
       </c>
       <c r="H179" s="2">
-        <v>294851</v>
+        <v>5595</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1">
         <v>179</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>385</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>386</v>
       </c>
       <c r="E180" s="2">
-        <v>361761</v>
+        <v>847007</v>
       </c>
       <c r="F180" s="2">
-        <v>361761</v>
+        <v>847007</v>
       </c>
       <c r="G180" s="2">
-        <v>358248</v>
+        <v>838784</v>
       </c>
       <c r="H180" s="2">
-        <v>354736</v>
+        <v>830560</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1">
         <v>180</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>387</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E181" s="2">
-        <v>430643</v>
+        <v>918793</v>
       </c>
       <c r="F181" s="2">
-        <v>430643</v>
+        <v>918793</v>
       </c>
       <c r="G181" s="2">
-        <v>426462</v>
+        <v>909873</v>
       </c>
       <c r="H181" s="2">
-        <v>422281</v>
+        <v>900952</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1">
         <v>181</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>389</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>390</v>
       </c>
       <c r="E182" s="2">
-        <v>513532</v>
+        <v>962176</v>
       </c>
       <c r="F182" s="2">
-        <v>513532</v>
+        <v>962176</v>
       </c>
       <c r="G182" s="2">
-        <v>508547</v>
+        <v>952834</v>
       </c>
       <c r="H182" s="2">
-        <v>503561</v>
+        <v>943493</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1">
         <v>182</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>391</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E183" s="2">
-        <v>538973</v>
+        <v>1250954</v>
       </c>
       <c r="F183" s="2">
-        <v>538973</v>
+        <v>1250954</v>
       </c>
       <c r="G183" s="2">
-        <v>533741</v>
+        <v>1238808</v>
       </c>
       <c r="H183" s="2">
-        <v>528508</v>
+        <v>1226663</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1">
         <v>183</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E184" s="2">
-        <v>628053</v>
+        <v>1335361</v>
       </c>
       <c r="F184" s="2">
-        <v>628053</v>
+        <v>1335361</v>
       </c>
       <c r="G184" s="2">
-        <v>621955</v>
+        <v>1322396</v>
       </c>
       <c r="H184" s="2">
-        <v>615858</v>
+        <v>1309432</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1">
         <v>184</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>395</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E185" s="2">
-        <v>744469</v>
+        <v>7725</v>
       </c>
       <c r="F185" s="2">
-        <v>744469</v>
+        <v>7725</v>
       </c>
       <c r="G185" s="2">
-        <v>737241</v>
+        <v>7650</v>
       </c>
       <c r="H185" s="2">
-        <v>730013</v>
+        <v>7575</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
         <v>185</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>398</v>
       </c>
       <c r="E186" s="2">
-        <v>5638</v>
+        <v>9739</v>
       </c>
       <c r="F186" s="2">
-        <v>5638</v>
+        <v>9739</v>
       </c>
       <c r="G186" s="2">
-        <v>5583</v>
+        <v>9644</v>
       </c>
       <c r="H186" s="2">
-        <v>5529</v>
+        <v>9550</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
         <v>186</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>400</v>
       </c>
       <c r="E187" s="2">
-        <v>838136</v>
+        <v>16502</v>
       </c>
       <c r="F187" s="2">
-        <v>838136</v>
+        <v>16502</v>
       </c>
       <c r="G187" s="2">
-        <v>829998</v>
+        <v>16341</v>
       </c>
       <c r="H187" s="2">
-        <v>821861</v>
+        <v>16181</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1">
         <v>187</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>401</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>112</v>
+        <v>325</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E188" s="2">
-        <v>910256</v>
+        <v>17946</v>
       </c>
       <c r="F188" s="2">
-        <v>910256</v>
+        <v>17946</v>
       </c>
       <c r="G188" s="2">
-        <v>901419</v>
+        <v>17771</v>
       </c>
       <c r="H188" s="2">
-        <v>892581</v>
+        <v>17597</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
         <v>188</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>403</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E189" s="2">
-        <v>962561</v>
+        <v>1355</v>
       </c>
       <c r="F189" s="2">
-        <v>962561</v>
+        <v>1355</v>
       </c>
       <c r="G189" s="2">
-        <v>953216</v>
+        <v>1342</v>
       </c>
       <c r="H189" s="2">
-        <v>943870</v>
+        <v>1329</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
         <v>189</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E190" s="2">
-        <v>1155068</v>
+        <v>98254</v>
       </c>
       <c r="F190" s="2">
-        <v>1155068</v>
+        <v>98254</v>
       </c>
       <c r="G190" s="2">
-        <v>1143854</v>
+        <v>97300</v>
       </c>
       <c r="H190" s="2">
-        <v>1132639</v>
+        <v>96346</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>190</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E191" s="2">
-        <v>1251321</v>
+        <v>134555</v>
       </c>
       <c r="F191" s="2">
-        <v>1251321</v>
+        <v>134555</v>
       </c>
       <c r="G191" s="2">
-        <v>1239173</v>
+        <v>133249</v>
       </c>
       <c r="H191" s="2">
-        <v>1227024</v>
+        <v>131942</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>191</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E192" s="2">
-        <v>1329717</v>
+        <v>3463</v>
       </c>
       <c r="F192" s="2">
-        <v>1329717</v>
+        <v>3463</v>
       </c>
       <c r="G192" s="2">
-        <v>1316807</v>
+        <v>3429</v>
       </c>
       <c r="H192" s="2">
-        <v>1303897</v>
+        <v>3396</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
         <v>192</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E193" s="2">
-        <v>7740</v>
+        <v>5255</v>
       </c>
       <c r="F193" s="2">
-        <v>7740</v>
+        <v>5255</v>
       </c>
       <c r="G193" s="2">
-        <v>7665</v>
+        <v>5204</v>
       </c>
       <c r="H193" s="2">
-        <v>7590</v>
+        <v>5153</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
         <v>193</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E194" s="2">
-        <v>9739</v>
+        <v>6772</v>
       </c>
       <c r="F194" s="2">
-        <v>9739</v>
+        <v>6772</v>
       </c>
       <c r="G194" s="2">
-        <v>9644</v>
+        <v>6707</v>
       </c>
       <c r="H194" s="2">
-        <v>9550</v>
+        <v>6641</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
         <v>194</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E195" s="2">
-        <v>10712</v>
+        <v>10803</v>
       </c>
       <c r="F195" s="2">
-        <v>10712</v>
+        <v>10803</v>
       </c>
       <c r="G195" s="2">
-        <v>10608</v>
+        <v>10698</v>
       </c>
       <c r="H195" s="2">
-        <v>10504</v>
+        <v>10593</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1">
         <v>195</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E196" s="2">
-        <v>16456</v>
+        <v>15040</v>
       </c>
       <c r="F196" s="2">
-        <v>16456</v>
+        <v>15040</v>
       </c>
       <c r="G196" s="2">
-        <v>16297</v>
+        <v>14894</v>
       </c>
       <c r="H196" s="2">
-        <v>16137</v>
+        <v>14748</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
         <v>196</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E197" s="2">
-        <v>17628</v>
+        <v>21656</v>
       </c>
       <c r="F197" s="2">
-        <v>17628</v>
+        <v>21656</v>
       </c>
       <c r="G197" s="2">
-        <v>17457</v>
+        <v>21446</v>
       </c>
       <c r="H197" s="2">
-        <v>17286</v>
+        <v>21235</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>197</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>422</v>
+        <v>404</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>423</v>
       </c>
       <c r="E198" s="2">
-        <v>1340</v>
+        <v>41960</v>
       </c>
       <c r="F198" s="2">
-        <v>1340</v>
+        <v>41960</v>
       </c>
       <c r="G198" s="2">
-        <v>1327</v>
+        <v>41553</v>
       </c>
       <c r="H198" s="2">
-        <v>1314</v>
+        <v>41145</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1">
         <v>198</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>422</v>
+        <v>404</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>425</v>
       </c>
       <c r="E199" s="2">
-        <v>87617</v>
+        <v>73376</v>
       </c>
       <c r="F199" s="2">
-        <v>87617</v>
+        <v>73376</v>
       </c>
       <c r="G199" s="2">
-        <v>86766</v>
+        <v>72664</v>
       </c>
       <c r="H199" s="2">
-        <v>85916</v>
+        <v>71951</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1">
         <v>199</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>426</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>422</v>
+        <v>152</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>427</v>
       </c>
       <c r="E200" s="2">
-        <v>119785</v>
+        <v>81489</v>
       </c>
       <c r="F200" s="2">
-        <v>119785</v>
+        <v>81489</v>
       </c>
       <c r="G200" s="2">
-        <v>118622</v>
+        <v>80698</v>
       </c>
       <c r="H200" s="2">
-        <v>117459</v>
+        <v>79907</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1">
         <v>200</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>422</v>
+        <v>152</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>429</v>
       </c>
       <c r="E201" s="2">
-        <v>3427</v>
+        <v>27399</v>
       </c>
       <c r="F201" s="2">
-        <v>3427</v>
+        <v>27399</v>
       </c>
       <c r="G201" s="2">
-        <v>3394</v>
+        <v>27133</v>
       </c>
       <c r="H201" s="2">
-        <v>3360</v>
+        <v>26867</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1">
         <v>201</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>430</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E202" s="2">
-        <v>4749</v>
+        <v>89683</v>
       </c>
       <c r="F202" s="2">
-        <v>4749</v>
+        <v>89683</v>
       </c>
       <c r="G202" s="2">
-        <v>4703</v>
+        <v>88812</v>
       </c>
       <c r="H202" s="2">
-        <v>4657</v>
+        <v>87942</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1">
         <v>202</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E203" s="2">
-        <v>7121</v>
+        <v>896597</v>
       </c>
       <c r="F203" s="2">
-        <v>7121</v>
+        <v>896597</v>
       </c>
       <c r="G203" s="2">
-        <v>7052</v>
+        <v>887893</v>
       </c>
       <c r="H203" s="2">
-        <v>6983</v>
+        <v>879188</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1">
         <v>203</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="E204" s="2">
-        <v>9494</v>
+        <v>11216</v>
       </c>
       <c r="F204" s="2">
-        <v>9494</v>
+        <v>11216</v>
       </c>
       <c r="G204" s="2">
-        <v>9401</v>
+        <v>11107</v>
       </c>
       <c r="H204" s="2">
-        <v>9309</v>
+        <v>10998</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1">
         <v>204</v>
       </c>
       <c r="B205" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C205" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E205" s="2">
-        <v>13445</v>
+        <v>57185</v>
       </c>
       <c r="F205" s="2">
-        <v>13445</v>
+        <v>57185</v>
       </c>
       <c r="G205" s="2">
-        <v>13314</v>
+        <v>56629</v>
       </c>
       <c r="H205" s="2">
-        <v>13184</v>
+        <v>56074</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1">
         <v>205</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E206" s="2">
-        <v>19173</v>
+        <v>114739</v>
       </c>
       <c r="F206" s="2">
-        <v>19173</v>
+        <v>114739</v>
       </c>
       <c r="G206" s="2">
-        <v>18987</v>
+        <v>113625</v>
       </c>
       <c r="H206" s="2">
-        <v>18801</v>
+        <v>112511</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1">
         <v>206</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E207" s="2">
-        <v>37461</v>
+        <v>229571</v>
       </c>
       <c r="F207" s="2">
-        <v>37461</v>
+        <v>229571</v>
       </c>
       <c r="G207" s="2">
-        <v>37097</v>
+        <v>227342</v>
       </c>
       <c r="H207" s="2">
-        <v>36734</v>
+        <v>225113</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1">
         <v>207</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E208" s="2">
-        <v>64793</v>
+        <v>373223</v>
       </c>
       <c r="F208" s="2">
-        <v>64793</v>
+        <v>373223</v>
       </c>
       <c r="G208" s="2">
-        <v>64164</v>
+        <v>369599</v>
       </c>
       <c r="H208" s="2">
-        <v>63535</v>
+        <v>365976</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1">
         <v>208</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>155</v>
+        <v>436</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="E209" s="2">
-        <v>76058</v>
+        <v>574349</v>
       </c>
       <c r="F209" s="2">
-        <v>76058</v>
+        <v>574349</v>
       </c>
       <c r="G209" s="2">
-        <v>75320</v>
+        <v>568772</v>
       </c>
       <c r="H209" s="2">
-        <v>74581</v>
+        <v>563196</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1">
         <v>209</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>155</v>
+        <v>449</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="E210" s="2">
-        <v>25027</v>
+        <v>8858</v>
       </c>
       <c r="F210" s="2">
-        <v>25027</v>
+        <v>8858</v>
       </c>
       <c r="G210" s="2">
-        <v>24784</v>
+        <v>8772</v>
       </c>
       <c r="H210" s="2">
-        <v>24541</v>
+        <v>8686</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1">
         <v>210</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="E211" s="2">
-        <v>89683</v>
+        <v>32960</v>
       </c>
       <c r="F211" s="2">
-        <v>89683</v>
+        <v>32960</v>
       </c>
       <c r="G211" s="2">
-        <v>88812</v>
+        <v>32640</v>
       </c>
       <c r="H211" s="2">
-        <v>87942</v>
+        <v>32320</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1">
         <v>211</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="E212" s="2">
-        <v>896597</v>
+        <v>47409</v>
       </c>
       <c r="F212" s="2">
-        <v>896597</v>
+        <v>47409</v>
       </c>
       <c r="G212" s="2">
-        <v>887893</v>
+        <v>46949</v>
       </c>
       <c r="H212" s="2">
-        <v>879188</v>
+        <v>46488</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1">
         <v>212</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E213" s="2">
-        <v>11216</v>
+        <v>58874</v>
       </c>
       <c r="F213" s="2">
-        <v>11216</v>
+        <v>58874</v>
       </c>
       <c r="G213" s="2">
-        <v>11107</v>
+        <v>58302</v>
       </c>
       <c r="H213" s="2">
-        <v>10998</v>
+        <v>57731</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1">
         <v>213</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="E214" s="2">
-        <v>57185</v>
+        <v>69525</v>
       </c>
       <c r="F214" s="2">
-        <v>57185</v>
+        <v>69525</v>
       </c>
       <c r="G214" s="2">
-        <v>56629</v>
+        <v>68850</v>
       </c>
       <c r="H214" s="2">
-        <v>56074</v>
+        <v>68175</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1">
         <v>214</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E215" s="2">
-        <v>114739</v>
+        <v>109834</v>
       </c>
       <c r="F215" s="2">
-        <v>114739</v>
+        <v>109834</v>
       </c>
       <c r="G215" s="2">
-        <v>113625</v>
+        <v>108768</v>
       </c>
       <c r="H215" s="2">
-        <v>112511</v>
+        <v>107701</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1">
         <v>215</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E216" s="2">
-        <v>229571</v>
+        <v>111163</v>
       </c>
       <c r="F216" s="2">
-        <v>229571</v>
+        <v>111163</v>
       </c>
       <c r="G216" s="2">
-        <v>227342</v>
+        <v>110084</v>
       </c>
       <c r="H216" s="2">
-        <v>225113</v>
+        <v>109004</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1">
         <v>216</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="E217" s="2">
-        <v>373223</v>
+        <v>151945</v>
       </c>
       <c r="F217" s="2">
-        <v>373223</v>
+        <v>151945</v>
       </c>
       <c r="G217" s="2">
-        <v>369599</v>
+        <v>150469</v>
       </c>
       <c r="H217" s="2">
-        <v>365976</v>
+        <v>148994</v>
       </c>
       <c r="I217" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>217</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="E218" s="2">
-        <v>574349</v>
+        <v>189751</v>
       </c>
       <c r="F218" s="2">
-        <v>574349</v>
+        <v>189751</v>
       </c>
       <c r="G218" s="2">
-        <v>568772</v>
+        <v>187908</v>
       </c>
       <c r="H218" s="2">
-        <v>563196</v>
+        <v>186066</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>218</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E219" s="2">
-        <v>32960</v>
+        <v>44290</v>
       </c>
       <c r="F219" s="2">
-        <v>32960</v>
+        <v>44290</v>
       </c>
       <c r="G219" s="2">
-        <v>32640</v>
+        <v>43860</v>
       </c>
       <c r="H219" s="2">
-        <v>32320</v>
+        <v>43430</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1">
         <v>219</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E220" s="2">
-        <v>45341</v>
+        <v>58032</v>
       </c>
       <c r="F220" s="2">
-        <v>45341</v>
+        <v>58032</v>
       </c>
       <c r="G220" s="2">
-        <v>44900</v>
+        <v>57469</v>
       </c>
       <c r="H220" s="2">
-        <v>44460</v>
+        <v>56905</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1">
         <v>220</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E221" s="2">
-        <v>58874</v>
+        <v>7274</v>
       </c>
       <c r="F221" s="2">
-        <v>58874</v>
+        <v>7274</v>
       </c>
       <c r="G221" s="2">
-        <v>58302</v>
+        <v>7203</v>
       </c>
       <c r="H221" s="2">
-        <v>57731</v>
+        <v>7133</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1">
         <v>221</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E222" s="2">
-        <v>69525</v>
+        <v>88065</v>
       </c>
       <c r="F222" s="2">
-        <v>69525</v>
+        <v>88065</v>
       </c>
       <c r="G222" s="2">
-        <v>68850</v>
+        <v>87210</v>
       </c>
       <c r="H222" s="2">
-        <v>68175</v>
+        <v>86355</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1">
         <v>222</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E223" s="2">
-        <v>106189</v>
+        <v>177160</v>
       </c>
       <c r="F223" s="2">
-        <v>106189</v>
+        <v>177160</v>
       </c>
       <c r="G223" s="2">
-        <v>105158</v>
+        <v>175440</v>
       </c>
       <c r="H223" s="2">
-        <v>104127</v>
+        <v>173720</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1">
         <v>223</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E224" s="2">
-        <v>111163</v>
+        <v>14415</v>
       </c>
       <c r="F224" s="2">
-        <v>111163</v>
+        <v>14415</v>
       </c>
       <c r="G224" s="2">
-        <v>110084</v>
+        <v>14275</v>
       </c>
       <c r="H224" s="2">
-        <v>109004</v>
+        <v>14135</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1">
         <v>224</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E225" s="2">
-        <v>148802</v>
+        <v>22866</v>
       </c>
       <c r="F225" s="2">
-        <v>148802</v>
+        <v>22866</v>
       </c>
       <c r="G225" s="2">
-        <v>147357</v>
+        <v>22644</v>
       </c>
       <c r="H225" s="2">
-        <v>145913</v>
+        <v>22422</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1">
         <v>225</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>482</v>
+        <v>452</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>483</v>
       </c>
       <c r="E226" s="2">
-        <v>17047</v>
+        <v>27604</v>
       </c>
       <c r="F226" s="2">
-        <v>17047</v>
+        <v>27604</v>
       </c>
       <c r="G226" s="2">
-        <v>16881</v>
+        <v>27336</v>
       </c>
       <c r="H226" s="2">
-        <v>16716</v>
+        <v>27068</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1">
         <v>226</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>485</v>
       </c>
       <c r="E227" s="2">
-        <v>7262</v>
+        <v>9114</v>
       </c>
       <c r="F227" s="2">
-        <v>7262</v>
+        <v>9114</v>
       </c>
       <c r="G227" s="2">
-        <v>7191</v>
+        <v>9026</v>
       </c>
       <c r="H227" s="2">
-        <v>7121</v>
+        <v>8937</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1">
         <v>227</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>482</v>
+        <v>449</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>487</v>
       </c>
       <c r="E228" s="2">
-        <v>56135</v>
+        <v>18307</v>
       </c>
       <c r="F228" s="2">
-        <v>56135</v>
+        <v>18307</v>
       </c>
       <c r="G228" s="2">
-        <v>55590</v>
+        <v>18129</v>
       </c>
       <c r="H228" s="2">
-        <v>55045</v>
+        <v>17952</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1">
         <v>228</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>489</v>
       </c>
       <c r="E229" s="2">
-        <v>7274</v>
+        <v>45572</v>
       </c>
       <c r="F229" s="2">
-        <v>7274</v>
+        <v>45572</v>
       </c>
       <c r="G229" s="2">
-        <v>7203</v>
+        <v>45130</v>
       </c>
       <c r="H229" s="2">
-        <v>7133</v>
+        <v>44687</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1">
         <v>229</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>482</v>
+        <v>449</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>491</v>
       </c>
       <c r="E230" s="2">
-        <v>84460</v>
+        <v>91537</v>
       </c>
       <c r="F230" s="2">
-        <v>84460</v>
+        <v>91537</v>
       </c>
       <c r="G230" s="2">
-        <v>83640</v>
+        <v>90648</v>
       </c>
       <c r="H230" s="2">
-        <v>82820</v>
+        <v>89760</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1">
         <v>230</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E231" s="2">
-        <v>14153</v>
+        <v>182212</v>
       </c>
       <c r="F231" s="2">
-        <v>14153</v>
+        <v>182212</v>
       </c>
       <c r="G231" s="2">
-        <v>14016</v>
+        <v>180443</v>
       </c>
       <c r="H231" s="2">
-        <v>13878</v>
+        <v>178674</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1">
         <v>231</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>467</v>
+        <v>449</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>495</v>
       </c>
       <c r="E232" s="2">
-        <v>14415</v>
+        <v>273305</v>
       </c>
       <c r="F232" s="2">
-        <v>14415</v>
+        <v>273305</v>
       </c>
       <c r="G232" s="2">
-        <v>14275</v>
+        <v>270652</v>
       </c>
       <c r="H232" s="2">
-        <v>14135</v>
+        <v>267998</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1">
         <v>232</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>467</v>
+        <v>497</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="E233" s="2">
-        <v>22866</v>
+        <v>129119</v>
       </c>
       <c r="F233" s="2">
-        <v>22866</v>
+        <v>129119</v>
       </c>
       <c r="G233" s="2">
-        <v>22644</v>
+        <v>127865</v>
       </c>
       <c r="H233" s="2">
-        <v>22422</v>
+        <v>126612</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1">
         <v>233</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>467</v>
+        <v>497</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E234" s="2">
-        <v>27604</v>
+        <v>231224</v>
       </c>
       <c r="F234" s="2">
-        <v>27604</v>
+        <v>231224</v>
       </c>
       <c r="G234" s="2">
-        <v>27336</v>
+        <v>228979</v>
       </c>
       <c r="H234" s="2">
-        <v>27068</v>
+        <v>226734</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1">
         <v>234</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E235" s="2">
-        <v>9114</v>
+        <v>1119636</v>
       </c>
       <c r="F235" s="2">
-        <v>9114</v>
+        <v>1119636</v>
       </c>
       <c r="G235" s="2">
-        <v>9026</v>
+        <v>1108766</v>
       </c>
       <c r="H235" s="2">
-        <v>8937</v>
+        <v>1097895</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1">
         <v>235</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>482</v>
+        <v>497</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E236" s="2">
-        <v>18307</v>
+        <v>573633</v>
       </c>
       <c r="F236" s="2">
-        <v>18307</v>
+        <v>573633</v>
       </c>
       <c r="G236" s="2">
-        <v>18129</v>
+        <v>568064</v>
       </c>
       <c r="H236" s="2">
-        <v>17952</v>
+        <v>562494</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1">
         <v>236</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>482</v>
+        <v>452</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E237" s="2">
-        <v>45572</v>
+        <v>175852</v>
       </c>
       <c r="F237" s="2">
-        <v>45572</v>
+        <v>175852</v>
       </c>
       <c r="G237" s="2">
-        <v>45130</v>
+        <v>174145</v>
       </c>
       <c r="H237" s="2">
-        <v>44687</v>
+        <v>172437</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1">
         <v>237</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>482</v>
+        <v>508</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="E238" s="2">
-        <v>91537</v>
+        <v>49106</v>
       </c>
       <c r="F238" s="2">
-        <v>91537</v>
+        <v>49106</v>
       </c>
       <c r="G238" s="2">
-        <v>90648</v>
+        <v>48630</v>
       </c>
       <c r="H238" s="2">
-        <v>89760</v>
+        <v>48153</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1">
         <v>238</v>
       </c>
       <c r="B239" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C239" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D239" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="E239" s="2">
-        <v>182212</v>
+        <v>59766</v>
       </c>
       <c r="F239" s="2">
-        <v>182212</v>
+        <v>59766</v>
       </c>
       <c r="G239" s="2">
-        <v>180443</v>
+        <v>59186</v>
       </c>
       <c r="H239" s="2">
-        <v>178674</v>
+        <v>58605</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1">
         <v>239</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>482</v>
+        <v>508</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="E240" s="2">
-        <v>273305</v>
+        <v>74026</v>
       </c>
       <c r="F240" s="2">
-        <v>273305</v>
+        <v>74026</v>
       </c>
       <c r="G240" s="2">
-        <v>270652</v>
+        <v>73307</v>
       </c>
       <c r="H240" s="2">
-        <v>267998</v>
+        <v>72589</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1">
         <v>240</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E241" s="2">
-        <v>129119</v>
+        <v>143929</v>
       </c>
       <c r="F241" s="2">
-        <v>129119</v>
+        <v>143929</v>
       </c>
       <c r="G241" s="2">
-        <v>127865</v>
+        <v>142532</v>
       </c>
       <c r="H241" s="2">
-        <v>126612</v>
+        <v>141134</v>
       </c>
       <c r="I241" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1">
         <v>241</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E242" s="2">
-        <v>231121</v>
+        <v>146967</v>
       </c>
       <c r="F242" s="2">
-        <v>231121</v>
+        <v>146967</v>
       </c>
       <c r="G242" s="2">
-        <v>228877</v>
+        <v>145540</v>
       </c>
       <c r="H242" s="2">
-        <v>226633</v>
+        <v>144113</v>
       </c>
       <c r="I242" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="1">
         <v>242</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E243" s="2">
-        <v>1119636</v>
+        <v>703837</v>
       </c>
       <c r="F243" s="2">
-        <v>1119636</v>
+        <v>703837</v>
       </c>
       <c r="G243" s="2">
-        <v>1108766</v>
+        <v>697004</v>
       </c>
       <c r="H243" s="2">
-        <v>1097895</v>
+        <v>690170</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1">
         <v>243</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E244" s="2">
-        <v>573633</v>
+        <v>1421549</v>
       </c>
       <c r="F244" s="2">
-        <v>573633</v>
+        <v>1421549</v>
       </c>
       <c r="G244" s="2">
-        <v>568064</v>
+        <v>1407748</v>
       </c>
       <c r="H244" s="2">
-        <v>562494</v>
+        <v>1393946</v>
       </c>
       <c r="I244" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="1">
         <v>244</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>467</v>
+        <v>523</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E245" s="2">
-        <v>175852</v>
+        <v>14276</v>
       </c>
       <c r="F245" s="2">
-        <v>175852</v>
+        <v>14276</v>
       </c>
       <c r="G245" s="2">
-        <v>174145</v>
+        <v>14137</v>
       </c>
       <c r="H245" s="2">
-        <v>172437</v>
+        <v>13999</v>
       </c>
       <c r="I245" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1">
         <v>245</v>
       </c>
       <c r="B246" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="C246" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D246" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E246" s="2">
-        <v>59766</v>
+        <v>141949</v>
       </c>
       <c r="F246" s="2">
-        <v>59766</v>
+        <v>141949</v>
       </c>
       <c r="G246" s="2">
-        <v>59186</v>
+        <v>140571</v>
       </c>
       <c r="H246" s="2">
-        <v>58605</v>
+        <v>139193</v>
       </c>
       <c r="I246" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="1">
         <v>246</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E247" s="2">
-        <v>73202</v>
+        <v>283920</v>
       </c>
       <c r="F247" s="2">
-        <v>73202</v>
+        <v>283920</v>
       </c>
       <c r="G247" s="2">
-        <v>72491</v>
+        <v>281163</v>
       </c>
       <c r="H247" s="2">
-        <v>71781</v>
+        <v>278407</v>
       </c>
       <c r="I247" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="1">
         <v>247</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E248" s="2">
-        <v>143929</v>
+        <v>42657</v>
       </c>
       <c r="F248" s="2">
-        <v>143929</v>
+        <v>42657</v>
       </c>
       <c r="G248" s="2">
-        <v>142532</v>
+        <v>42243</v>
       </c>
       <c r="H248" s="2">
-        <v>141134</v>
+        <v>41829</v>
       </c>
       <c r="I248" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="1">
         <v>248</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E249" s="2">
-        <v>146967</v>
+        <v>425802</v>
       </c>
       <c r="F249" s="2">
-        <v>146967</v>
+        <v>425802</v>
       </c>
       <c r="G249" s="2">
-        <v>145540</v>
+        <v>421668</v>
       </c>
       <c r="H249" s="2">
-        <v>144113</v>
+        <v>417534</v>
       </c>
       <c r="I249" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" s="1">
         <v>249</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E250" s="2">
-        <v>703837</v>
+        <v>71044</v>
       </c>
       <c r="F250" s="2">
-        <v>703837</v>
+        <v>71044</v>
       </c>
       <c r="G250" s="2">
-        <v>697004</v>
+        <v>70355</v>
       </c>
       <c r="H250" s="2">
-        <v>690170</v>
+        <v>69665</v>
       </c>
       <c r="I250" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="1">
         <v>250</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="E251" s="2">
-        <v>1421549</v>
+        <v>4934</v>
       </c>
       <c r="F251" s="2">
-        <v>1421549</v>
+        <v>4934</v>
       </c>
       <c r="G251" s="2">
-        <v>1407748</v>
+        <v>4886</v>
       </c>
       <c r="H251" s="2">
-        <v>1393946</v>
+        <v>4838</v>
       </c>
       <c r="I251" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="1">
         <v>251</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="E252" s="2">
-        <v>14276</v>
+        <v>9275</v>
       </c>
       <c r="F252" s="2">
-        <v>14276</v>
+        <v>9275</v>
       </c>
       <c r="G252" s="2">
-        <v>14137</v>
+        <v>9185</v>
       </c>
       <c r="H252" s="2">
-        <v>13999</v>
+        <v>9095</v>
       </c>
       <c r="I252" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" s="1">
         <v>252</v>
       </c>
       <c r="B253" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C253" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="C253" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D253" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E253" s="2">
-        <v>141949</v>
+        <v>18550</v>
       </c>
       <c r="F253" s="2">
-        <v>141949</v>
+        <v>18550</v>
       </c>
       <c r="G253" s="2">
-        <v>140571</v>
+        <v>18370</v>
       </c>
       <c r="H253" s="2">
-        <v>139193</v>
+        <v>18190</v>
       </c>
       <c r="I253" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" s="1">
         <v>253</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E254" s="2">
-        <v>283920</v>
+        <v>88286</v>
       </c>
       <c r="F254" s="2">
-        <v>283920</v>
+        <v>88286</v>
       </c>
       <c r="G254" s="2">
-        <v>281163</v>
+        <v>87429</v>
       </c>
       <c r="H254" s="2">
-        <v>278407</v>
+        <v>86572</v>
       </c>
       <c r="I254" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="1">
         <v>254</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="E255" s="2">
-        <v>42657</v>
+        <v>1035</v>
       </c>
       <c r="F255" s="2">
-        <v>42657</v>
+        <v>1035</v>
       </c>
       <c r="G255" s="2">
-        <v>42243</v>
+        <v>1025</v>
       </c>
       <c r="H255" s="2">
-        <v>41829</v>
+        <v>1015</v>
       </c>
       <c r="I255" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="1">
         <v>255</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="E256" s="2">
-        <v>425802</v>
+        <v>4717</v>
       </c>
       <c r="F256" s="2">
-        <v>425802</v>
+        <v>4717</v>
       </c>
       <c r="G256" s="2">
-        <v>421668</v>
+        <v>4672</v>
       </c>
       <c r="H256" s="2">
-        <v>417534</v>
+        <v>4626</v>
       </c>
       <c r="I256" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="1">
         <v>256</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="E257" s="2">
-        <v>71044</v>
+        <v>10073</v>
       </c>
       <c r="F257" s="2">
-        <v>71044</v>
+        <v>10073</v>
       </c>
       <c r="G257" s="2">
-        <v>70355</v>
+        <v>9976</v>
       </c>
       <c r="H257" s="2">
-        <v>69665</v>
+        <v>9878</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="1">
         <v>257</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E258" s="2">
-        <v>4934</v>
+        <v>13503</v>
       </c>
       <c r="F258" s="2">
-        <v>4934</v>
+        <v>13503</v>
       </c>
       <c r="G258" s="2">
-        <v>4886</v>
+        <v>13372</v>
       </c>
       <c r="H258" s="2">
-        <v>4838</v>
+        <v>13241</v>
       </c>
       <c r="I258" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="1">
         <v>258</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="E259" s="2">
-        <v>9275</v>
+        <v>22284</v>
       </c>
       <c r="F259" s="2">
-        <v>9275</v>
+        <v>22284</v>
       </c>
       <c r="G259" s="2">
-        <v>9185</v>
+        <v>22068</v>
       </c>
       <c r="H259" s="2">
-        <v>9095</v>
+        <v>21851</v>
       </c>
       <c r="I259" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="1">
         <v>259</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E260" s="2">
-        <v>18550</v>
+        <v>49234</v>
       </c>
       <c r="F260" s="2">
-        <v>18550</v>
+        <v>49234</v>
       </c>
       <c r="G260" s="2">
-        <v>18370</v>
+        <v>48756</v>
       </c>
       <c r="H260" s="2">
-        <v>18190</v>
+        <v>48278</v>
       </c>
       <c r="I260" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1">
         <v>260</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>553</v>
+        <v>325</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E261" s="2">
-        <v>88286</v>
+        <v>78721</v>
       </c>
       <c r="F261" s="2">
-        <v>88286</v>
+        <v>78721</v>
       </c>
       <c r="G261" s="2">
-        <v>87429</v>
+        <v>77957</v>
       </c>
       <c r="H261" s="2">
-        <v>86572</v>
+        <v>77192</v>
       </c>
       <c r="I261" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="1">
         <v>261</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>560</v>
+        <v>325</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>561</v>
       </c>
       <c r="E262" s="2">
-        <v>1035</v>
+        <v>195597</v>
       </c>
       <c r="F262" s="2">
-        <v>1035</v>
+        <v>195597</v>
       </c>
       <c r="G262" s="2">
-        <v>1025</v>
+        <v>193698</v>
       </c>
       <c r="H262" s="2">
-        <v>1015</v>
+        <v>191799</v>
       </c>
       <c r="I262" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="1">
         <v>262</v>
       </c>
       <c r="B263" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E263" s="2">
-        <v>4717</v>
+        <v>10011</v>
       </c>
       <c r="F263" s="2">
-        <v>4717</v>
+        <v>10011</v>
       </c>
       <c r="G263" s="2">
-        <v>4672</v>
+        <v>9913</v>
       </c>
       <c r="H263" s="2">
-        <v>4626</v>
+        <v>9816</v>
       </c>
       <c r="I263" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="1">
         <v>263</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E264" s="2">
-        <v>10073</v>
+        <v>29620</v>
       </c>
       <c r="F264" s="2">
-        <v>10073</v>
+        <v>29620</v>
       </c>
       <c r="G264" s="2">
-        <v>9976</v>
+        <v>29332</v>
       </c>
       <c r="H264" s="2">
-        <v>9878</v>
+        <v>29045</v>
       </c>
       <c r="I264" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="1">
         <v>264</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E265" s="2">
-        <v>13503</v>
+        <v>49333</v>
       </c>
       <c r="F265" s="2">
-        <v>13503</v>
+        <v>49333</v>
       </c>
       <c r="G265" s="2">
-        <v>13372</v>
+        <v>48854</v>
       </c>
       <c r="H265" s="2">
-        <v>13241</v>
+        <v>48375</v>
       </c>
       <c r="I265" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" s="1">
         <v>265</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E266" s="2">
-        <v>22284</v>
+        <v>98356</v>
       </c>
       <c r="F266" s="2">
-        <v>22284</v>
+        <v>98356</v>
       </c>
       <c r="G266" s="2">
-        <v>22068</v>
+        <v>97401</v>
       </c>
       <c r="H266" s="2">
-        <v>21851</v>
+        <v>96446</v>
       </c>
       <c r="I266" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="1">
         <v>266</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>560</v>
+        <v>536</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E267" s="2">
-        <v>49234</v>
+        <v>24550</v>
       </c>
       <c r="F267" s="2">
-        <v>49234</v>
+        <v>24550</v>
       </c>
       <c r="G267" s="2">
-        <v>48756</v>
+        <v>24312</v>
       </c>
       <c r="H267" s="2">
-        <v>48278</v>
+        <v>24073</v>
       </c>
       <c r="I267" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="1">
         <v>267</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>112</v>
+        <v>574</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E268" s="2">
-        <v>78721</v>
+        <v>27192</v>
       </c>
       <c r="F268" s="2">
-        <v>78721</v>
+        <v>27192</v>
       </c>
       <c r="G268" s="2">
-        <v>77957</v>
+        <v>26928</v>
       </c>
       <c r="H268" s="2">
-        <v>77192</v>
+        <v>26664</v>
       </c>
       <c r="I268" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" s="1">
         <v>268</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>112</v>
+        <v>536</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="E269" s="2">
-        <v>195597</v>
+        <v>98005</v>
       </c>
       <c r="F269" s="2">
-        <v>195597</v>
+        <v>98005</v>
       </c>
       <c r="G269" s="2">
-        <v>193698</v>
+        <v>97053</v>
       </c>
       <c r="H269" s="2">
-        <v>191799</v>
+        <v>96102</v>
       </c>
       <c r="I269" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="1">
         <v>269</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>577</v>
+        <v>536</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E270" s="2">
-        <v>10011</v>
+        <v>122493</v>
       </c>
       <c r="F270" s="2">
-        <v>10011</v>
+        <v>122493</v>
       </c>
       <c r="G270" s="2">
-        <v>9913</v>
+        <v>121304</v>
       </c>
       <c r="H270" s="2">
-        <v>9816</v>
+        <v>120114</v>
       </c>
       <c r="I270" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="1">
         <v>270</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>577</v>
+        <v>536</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="E271" s="2">
-        <v>29620</v>
+        <v>195880</v>
       </c>
       <c r="F271" s="2">
-        <v>29620</v>
+        <v>195880</v>
       </c>
       <c r="G271" s="2">
-        <v>29332</v>
+        <v>193979</v>
       </c>
       <c r="H271" s="2">
-        <v>29045</v>
+        <v>192077</v>
       </c>
       <c r="I271" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="1">
         <v>271</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>577</v>
+        <v>536</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="E272" s="2">
-        <v>49333</v>
+        <v>49054</v>
       </c>
       <c r="F272" s="2">
-        <v>49333</v>
+        <v>49054</v>
       </c>
       <c r="G272" s="2">
-        <v>48854</v>
+        <v>48578</v>
       </c>
       <c r="H272" s="2">
-        <v>48375</v>
+        <v>48101</v>
       </c>
       <c r="I272" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="1">
         <v>272</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E273" s="2">
-        <v>98356</v>
+        <v>110210</v>
       </c>
       <c r="F273" s="2">
-        <v>98356</v>
+        <v>110210</v>
       </c>
       <c r="G273" s="2">
-        <v>97401</v>
+        <v>109140</v>
       </c>
       <c r="H273" s="2">
-        <v>96446</v>
+        <v>108070</v>
       </c>
       <c r="I273" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="1">
         <v>273</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E274" s="2">
-        <v>24550</v>
+        <v>208575</v>
       </c>
       <c r="F274" s="2">
-        <v>24550</v>
+        <v>208575</v>
       </c>
       <c r="G274" s="2">
-        <v>24312</v>
+        <v>206550</v>
       </c>
       <c r="H274" s="2">
-        <v>24073</v>
+        <v>204525</v>
       </c>
       <c r="I274" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="1">
         <v>274</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>588</v>
+        <v>574</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>589</v>
       </c>
       <c r="E275" s="2">
-        <v>27192</v>
+        <v>452994</v>
       </c>
       <c r="F275" s="2">
-        <v>27192</v>
+        <v>452994</v>
       </c>
       <c r="G275" s="2">
-        <v>26928</v>
+        <v>448596</v>
       </c>
       <c r="H275" s="2">
-        <v>26664</v>
+        <v>444198</v>
       </c>
       <c r="I275" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1">
         <v>275</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>591</v>
       </c>
       <c r="E276" s="2">
-        <v>98005</v>
+        <v>661569</v>
       </c>
       <c r="F276" s="2">
-        <v>98005</v>
+        <v>661569</v>
       </c>
       <c r="G276" s="2">
-        <v>97053</v>
+        <v>655146</v>
       </c>
       <c r="H276" s="2">
-        <v>96102</v>
+        <v>648723</v>
       </c>
       <c r="I276" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1">
         <v>276</v>
       </c>
       <c r="B277" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>593</v>
       </c>
       <c r="E277" s="2">
-        <v>122493</v>
+        <v>1115284</v>
       </c>
       <c r="F277" s="2">
-        <v>122493</v>
+        <v>1115284</v>
       </c>
       <c r="G277" s="2">
-        <v>121304</v>
+        <v>1104456</v>
       </c>
       <c r="H277" s="2">
-        <v>120114</v>
+        <v>1093628</v>
       </c>
       <c r="I277" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="1">
         <v>277</v>
       </c>
       <c r="B278" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>595</v>
       </c>
       <c r="E278" s="2">
-        <v>195880</v>
+        <v>1434687</v>
       </c>
       <c r="F278" s="2">
-        <v>195880</v>
+        <v>1434687</v>
       </c>
       <c r="G278" s="2">
-        <v>193979</v>
+        <v>1420758</v>
       </c>
       <c r="H278" s="2">
-        <v>192077</v>
+        <v>1406829</v>
       </c>
       <c r="I278" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1">
         <v>278</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>597</v>
       </c>
       <c r="E279" s="2">
-        <v>49054</v>
+        <v>2091621</v>
       </c>
       <c r="F279" s="2">
-        <v>49054</v>
+        <v>2091621</v>
       </c>
       <c r="G279" s="2">
-        <v>48578</v>
+        <v>2071314</v>
       </c>
       <c r="H279" s="2">
-        <v>48101</v>
+        <v>2051007</v>
       </c>
       <c r="I279" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1">
         <v>279</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E280" s="2">
-        <v>110210</v>
+        <v>16387</v>
       </c>
       <c r="F280" s="2">
-        <v>110210</v>
+        <v>16387</v>
       </c>
       <c r="G280" s="2">
-        <v>109140</v>
+        <v>16228</v>
       </c>
       <c r="H280" s="2">
-        <v>108070</v>
+        <v>16069</v>
       </c>
       <c r="I280" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="1">
         <v>280</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E281" s="2">
-        <v>208575</v>
+        <v>78059</v>
       </c>
       <c r="F281" s="2">
-        <v>208575</v>
+        <v>78059</v>
       </c>
       <c r="G281" s="2">
-        <v>206550</v>
+        <v>77301</v>
       </c>
       <c r="H281" s="2">
-        <v>204525</v>
+        <v>76543</v>
       </c>
       <c r="I281" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="1">
         <v>281</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E282" s="2">
-        <v>452994</v>
+        <v>156086</v>
       </c>
       <c r="F282" s="2">
-        <v>452994</v>
+        <v>156086</v>
       </c>
       <c r="G282" s="2">
-        <v>448596</v>
+        <v>154571</v>
       </c>
       <c r="H282" s="2">
-        <v>444198</v>
+        <v>153055</v>
       </c>
       <c r="I282" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="1">
         <v>282</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E283" s="2">
-        <v>661569</v>
+        <v>234117</v>
       </c>
       <c r="F283" s="2">
-        <v>661569</v>
+        <v>234117</v>
       </c>
       <c r="G283" s="2">
-        <v>655146</v>
+        <v>231844</v>
       </c>
       <c r="H283" s="2">
-        <v>648723</v>
+        <v>229571</v>
       </c>
       <c r="I283" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="1">
         <v>283</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="E284" s="2">
-        <v>1115284</v>
+        <v>312147</v>
       </c>
       <c r="F284" s="2">
-        <v>1115284</v>
+        <v>312147</v>
       </c>
       <c r="G284" s="2">
-        <v>1104456</v>
+        <v>309116</v>
       </c>
       <c r="H284" s="2">
-        <v>1093628</v>
+        <v>306086</v>
       </c>
       <c r="I284" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="1">
         <v>284</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E285" s="2">
-        <v>1434687</v>
+        <v>818899</v>
       </c>
       <c r="F285" s="2">
-        <v>1434687</v>
+        <v>818899</v>
       </c>
       <c r="G285" s="2">
-        <v>1420758</v>
+        <v>810949</v>
       </c>
       <c r="H285" s="2">
-        <v>1406829</v>
+        <v>802998</v>
       </c>
       <c r="I285" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="1">
         <v>285</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>588</v>
+        <v>612</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="E286" s="2">
-        <v>2091621</v>
+        <v>53189</v>
       </c>
       <c r="F286" s="2">
-        <v>2091621</v>
+        <v>53189</v>
       </c>
       <c r="G286" s="2">
-        <v>2071314</v>
+        <v>52673</v>
       </c>
       <c r="H286" s="2">
-        <v>2051007</v>
+        <v>52156</v>
       </c>
       <c r="I286" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="1">
         <v>286</v>
       </c>
       <c r="B287" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C287" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D287" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E287" s="2">
-        <v>16387</v>
+        <v>107718</v>
       </c>
       <c r="F287" s="2">
-        <v>16387</v>
+        <v>107718</v>
       </c>
       <c r="G287" s="2">
-        <v>16228</v>
+        <v>106673</v>
       </c>
       <c r="H287" s="2">
-        <v>16069</v>
+        <v>105627</v>
       </c>
       <c r="I287" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="1">
         <v>287</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E288" s="2">
-        <v>78059</v>
+        <v>106354</v>
       </c>
       <c r="F288" s="2">
-        <v>78059</v>
+        <v>106354</v>
       </c>
       <c r="G288" s="2">
-        <v>77301</v>
+        <v>105321</v>
       </c>
       <c r="H288" s="2">
-        <v>76543</v>
+        <v>104289</v>
       </c>
       <c r="I288" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="1">
         <v>288</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E289" s="2">
-        <v>156086</v>
+        <v>159620</v>
       </c>
       <c r="F289" s="2">
-        <v>156086</v>
+        <v>159620</v>
       </c>
       <c r="G289" s="2">
-        <v>154571</v>
+        <v>158070</v>
       </c>
       <c r="H289" s="2">
-        <v>153055</v>
+        <v>156521</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="1">
         <v>289</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E290" s="2">
-        <v>234117</v>
+        <v>213351</v>
       </c>
       <c r="F290" s="2">
-        <v>234117</v>
+        <v>213351</v>
       </c>
       <c r="G290" s="2">
-        <v>231844</v>
+        <v>211280</v>
       </c>
       <c r="H290" s="2">
-        <v>229571</v>
+        <v>209208</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="1">
         <v>290</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E291" s="2">
-        <v>312147</v>
+        <v>266017</v>
       </c>
       <c r="F291" s="2">
-        <v>312147</v>
+        <v>266017</v>
       </c>
       <c r="G291" s="2">
-        <v>309116</v>
+        <v>263434</v>
       </c>
       <c r="H291" s="2">
-        <v>306086</v>
+        <v>260852</v>
       </c>
       <c r="I291" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="1">
         <v>291</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E292" s="2">
-        <v>818899</v>
+        <v>319216</v>
       </c>
       <c r="F292" s="2">
-        <v>818899</v>
+        <v>319216</v>
       </c>
       <c r="G292" s="2">
-        <v>810949</v>
+        <v>316116</v>
       </c>
       <c r="H292" s="2">
-        <v>802998</v>
+        <v>313017</v>
       </c>
       <c r="I292" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="1">
         <v>292</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>626</v>
+        <v>612</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>627</v>
       </c>
       <c r="E293" s="2">
-        <v>53189</v>
+        <v>390782</v>
       </c>
       <c r="F293" s="2">
-        <v>53189</v>
+        <v>390782</v>
       </c>
       <c r="G293" s="2">
-        <v>52673</v>
+        <v>386988</v>
       </c>
       <c r="H293" s="2">
-        <v>52156</v>
+        <v>383194</v>
       </c>
       <c r="I293" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="1">
         <v>293</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E294" s="2">
-        <v>106688</v>
+        <v>1918</v>
       </c>
       <c r="F294" s="2">
-        <v>106688</v>
+        <v>1918</v>
       </c>
       <c r="G294" s="2">
-        <v>105653</v>
+        <v>1899</v>
       </c>
       <c r="H294" s="2">
-        <v>104617</v>
+        <v>1881</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="1">
         <v>294</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>626</v>
+        <v>325</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="E295" s="2">
-        <v>106354</v>
+        <v>28687</v>
       </c>
       <c r="F295" s="2">
-        <v>106354</v>
+        <v>28687</v>
       </c>
       <c r="G295" s="2">
-        <v>105321</v>
+        <v>28408</v>
       </c>
       <c r="H295" s="2">
-        <v>104289</v>
+        <v>28130</v>
       </c>
       <c r="I295" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="1">
         <v>295</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>626</v>
+        <v>325</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="E296" s="2">
-        <v>159620</v>
+        <v>57332</v>
       </c>
       <c r="F296" s="2">
-        <v>159620</v>
+        <v>57332</v>
       </c>
       <c r="G296" s="2">
-        <v>158070</v>
+        <v>56775</v>
       </c>
       <c r="H296" s="2">
-        <v>156521</v>
+        <v>56219</v>
       </c>
       <c r="I296" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="1">
         <v>296</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>626</v>
+        <v>325</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E297" s="2">
-        <v>213351</v>
+        <v>84800</v>
       </c>
       <c r="F297" s="2">
-        <v>213351</v>
+        <v>84800</v>
       </c>
       <c r="G297" s="2">
-        <v>211280</v>
+        <v>83977</v>
       </c>
       <c r="H297" s="2">
-        <v>209208</v>
+        <v>83153</v>
       </c>
       <c r="I297" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="1">
         <v>297</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>626</v>
+        <v>325</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="E298" s="2">
-        <v>266017</v>
+        <v>110282</v>
       </c>
       <c r="F298" s="2">
-        <v>266017</v>
+        <v>110282</v>
       </c>
       <c r="G298" s="2">
-        <v>263434</v>
+        <v>109211</v>
       </c>
       <c r="H298" s="2">
-        <v>260852</v>
+        <v>108141</v>
       </c>
       <c r="I298" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="1">
         <v>298</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>626</v>
+        <v>325</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E299" s="2">
-        <v>319216</v>
+        <v>139214</v>
       </c>
       <c r="F299" s="2">
-        <v>319216</v>
+        <v>139214</v>
       </c>
       <c r="G299" s="2">
-        <v>316116</v>
+        <v>137862</v>
       </c>
       <c r="H299" s="2">
-        <v>313017</v>
+        <v>136511</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="1">
         <v>299</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>641</v>
+        <v>629</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>642</v>
       </c>
       <c r="E300" s="2">
-        <v>1908</v>
+        <v>19889</v>
       </c>
       <c r="F300" s="2">
-        <v>1908</v>
+        <v>19889</v>
       </c>
       <c r="G300" s="2">
-        <v>1889</v>
+        <v>19696</v>
       </c>
       <c r="H300" s="2">
-        <v>1871</v>
+        <v>19503</v>
       </c>
       <c r="I300" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="1">
         <v>300</v>
       </c>
       <c r="B301" s="1" t="s">
         <v>643</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>112</v>
+        <v>629</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>644</v>
       </c>
       <c r="E301" s="2">
-        <v>27652</v>
+        <v>31013</v>
       </c>
       <c r="F301" s="2">
-        <v>27652</v>
+        <v>31013</v>
       </c>
       <c r="G301" s="2">
-        <v>27384</v>
+        <v>30712</v>
       </c>
       <c r="H301" s="2">
-        <v>27115</v>
+        <v>30411</v>
       </c>
       <c r="I301" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="1">
         <v>301</v>
       </c>
       <c r="B302" s="1" t="s">
         <v>645</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>112</v>
+        <v>629</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>646</v>
       </c>
       <c r="E302" s="2">
-        <v>56860</v>
+        <v>46463</v>
       </c>
       <c r="F302" s="2">
-        <v>56860</v>
+        <v>46463</v>
       </c>
       <c r="G302" s="2">
-        <v>56308</v>
+        <v>46012</v>
       </c>
       <c r="H302" s="2">
-        <v>55756</v>
+        <v>45561</v>
       </c>
       <c r="I302" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="1">
         <v>302</v>
       </c>
       <c r="B303" s="1" t="s">
         <v>647</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>112</v>
+        <v>629</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>648</v>
       </c>
       <c r="E303" s="2">
-        <v>84336</v>
+        <v>67063</v>
       </c>
       <c r="F303" s="2">
-        <v>84336</v>
+        <v>67063</v>
       </c>
       <c r="G303" s="2">
-        <v>83518</v>
+        <v>66412</v>
       </c>
       <c r="H303" s="2">
-        <v>82699</v>
+        <v>65761</v>
       </c>
       <c r="I303" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="1">
         <v>303</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>112</v>
+        <v>629</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>650</v>
       </c>
       <c r="E304" s="2">
-        <v>110282</v>
+        <v>154613</v>
       </c>
       <c r="F304" s="2">
-        <v>110282</v>
+        <v>154613</v>
       </c>
       <c r="G304" s="2">
-        <v>109211</v>
+        <v>153112</v>
       </c>
       <c r="H304" s="2">
-        <v>108141</v>
+        <v>151611</v>
       </c>
       <c r="I304" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="1">
         <v>304</v>
       </c>
       <c r="B305" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>112</v>
+        <v>652</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="E305" s="2">
-        <v>139214</v>
+        <v>5000</v>
       </c>
       <c r="F305" s="2">
-        <v>139214</v>
+        <v>5000</v>
       </c>
       <c r="G305" s="2">
-        <v>137862</v>
+        <v>5000</v>
       </c>
       <c r="H305" s="2">
-        <v>136511</v>
+        <v>5000</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="1">
         <v>305</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E306" s="2">
-        <v>19786</v>
+        <v>6000</v>
       </c>
       <c r="F306" s="2">
-        <v>19786</v>
+        <v>6000</v>
       </c>
       <c r="G306" s="2">
-        <v>19594</v>
+        <v>6000</v>
       </c>
       <c r="H306" s="2">
-        <v>19402</v>
+        <v>6000</v>
       </c>
       <c r="I306" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" s="1">
         <v>306</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>641</v>
+        <v>325</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E307" s="2">
-        <v>30910</v>
+        <v>15539</v>
       </c>
       <c r="F307" s="2">
-        <v>30910</v>
+        <v>15539</v>
       </c>
       <c r="G307" s="2">
-        <v>30610</v>
+        <v>15388</v>
       </c>
       <c r="H307" s="2">
-        <v>30310</v>
+        <v>15237</v>
       </c>
       <c r="I307" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" s="1">
         <v>307</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>641</v>
+        <v>325</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E308" s="2">
-        <v>46360</v>
+        <v>46458</v>
       </c>
       <c r="F308" s="2">
-        <v>46360</v>
+        <v>46458</v>
       </c>
       <c r="G308" s="2">
-        <v>45910</v>
+        <v>46007</v>
       </c>
       <c r="H308" s="2">
-        <v>45460</v>
+        <v>45556</v>
       </c>
       <c r="I308" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" s="1">
         <v>308</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>641</v>
+        <v>325</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E309" s="2">
-        <v>66960</v>
+        <v>77096</v>
       </c>
       <c r="F309" s="2">
-        <v>66960</v>
+        <v>77096</v>
       </c>
       <c r="G309" s="2">
-        <v>66310</v>
+        <v>76347</v>
       </c>
       <c r="H309" s="2">
-        <v>65660</v>
+        <v>75599</v>
       </c>
       <c r="I309" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" s="1">
         <v>309</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>641</v>
+        <v>325</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E310" s="2">
-        <v>154510</v>
+        <v>155067</v>
       </c>
       <c r="F310" s="2">
-        <v>154510</v>
+        <v>155067</v>
       </c>
       <c r="G310" s="2">
-        <v>153010</v>
+        <v>153561</v>
       </c>
       <c r="H310" s="2">
-        <v>151510</v>
+        <v>152056</v>
       </c>
       <c r="I310" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" s="1">
         <v>310</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>664</v>
+        <v>152</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>665</v>
       </c>
       <c r="E311" s="2">
-        <v>5000</v>
+        <v>79921</v>
       </c>
       <c r="F311" s="2">
-        <v>5000</v>
+        <v>79921</v>
       </c>
       <c r="G311" s="2">
-        <v>5000</v>
+        <v>79145</v>
       </c>
       <c r="H311" s="2">
-        <v>5000</v>
+        <v>78369</v>
       </c>
       <c r="I311" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" s="1">
         <v>311</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>666</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="E312" s="2">
-        <v>6000</v>
+        <v>70000</v>
       </c>
       <c r="F312" s="2">
-        <v>6000</v>
+        <v>70000</v>
       </c>
       <c r="G312" s="2">
-        <v>6000</v>
+        <v>70000</v>
       </c>
       <c r="H312" s="2">
-        <v>6000</v>
+        <v>70000</v>
       </c>
       <c r="I312" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" s="1">
         <v>312</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="E313" s="2">
-        <v>150490</v>
+        <v>53289</v>
       </c>
       <c r="F313" s="2">
-        <v>150490</v>
+        <v>53289</v>
       </c>
       <c r="G313" s="2">
-        <v>149029</v>
+        <v>52772</v>
       </c>
       <c r="H313" s="2">
-        <v>147568</v>
+        <v>52254</v>
       </c>
       <c r="I313" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" s="1">
         <v>313</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E314" s="2">
-        <v>14897</v>
+        <v>106552</v>
       </c>
       <c r="F314" s="2">
-        <v>14897</v>
+        <v>106552</v>
       </c>
       <c r="G314" s="2">
-        <v>14752</v>
+        <v>105518</v>
       </c>
       <c r="H314" s="2">
-        <v>14608</v>
+        <v>104483</v>
       </c>
       <c r="I314" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="1">
         <v>314</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>112</v>
+        <v>152</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E315" s="2">
-        <v>45153</v>
+        <v>133184</v>
       </c>
       <c r="F315" s="2">
-        <v>45153</v>
+        <v>133184</v>
       </c>
       <c r="G315" s="2">
-        <v>44715</v>
+        <v>131891</v>
       </c>
       <c r="H315" s="2">
-        <v>44276</v>
+        <v>130598</v>
       </c>
       <c r="I315" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="1">
         <v>315</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>112</v>
+        <v>676</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="E316" s="2">
-        <v>75159</v>
+        <v>10000</v>
       </c>
       <c r="F316" s="2">
-        <v>75159</v>
+        <v>10000</v>
       </c>
       <c r="G316" s="2">
-        <v>74429</v>
+        <v>10000</v>
       </c>
       <c r="H316" s="2">
-        <v>73700</v>
+        <v>10000</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" s="1">
         <v>316</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>112</v>
+        <v>404</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="E317" s="2">
-        <v>151395</v>
+        <v>142614</v>
       </c>
       <c r="F317" s="2">
-        <v>151395</v>
+        <v>142614</v>
       </c>
       <c r="G317" s="2">
-        <v>149925</v>
+        <v>141229</v>
       </c>
       <c r="H317" s="2">
-        <v>148455</v>
+        <v>139845</v>
       </c>
       <c r="I317" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="1">
         <v>317</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>155</v>
+        <v>404</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="E318" s="2">
-        <v>75857</v>
+        <v>84641</v>
       </c>
       <c r="F318" s="2">
-        <v>75857</v>
+        <v>84641</v>
       </c>
       <c r="G318" s="2">
-        <v>75121</v>
+        <v>83820</v>
       </c>
       <c r="H318" s="2">
-        <v>74384</v>
+        <v>82998</v>
       </c>
       <c r="I318" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="1">
         <v>318</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>681</v>
+        <v>404</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E319" s="2">
-        <v>70000</v>
+        <v>56407</v>
       </c>
       <c r="F319" s="2">
-        <v>70000</v>
+        <v>56407</v>
       </c>
       <c r="G319" s="2">
-        <v>70000</v>
+        <v>55859</v>
       </c>
       <c r="H319" s="2">
-        <v>70000</v>
+        <v>55312</v>
       </c>
       <c r="I319" s="1" t="s">
-        <v>11</v>
-[...114 lines deleted...]
-      <c r="I323" s="1" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>