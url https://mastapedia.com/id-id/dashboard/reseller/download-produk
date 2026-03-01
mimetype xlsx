--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="684">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="658">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Kode</t>
   </si>
   <si>
     <t>Produk</t>
   </si>
   <si>
     <t>Item Produk</t>
   </si>
   <si>
     <t>Harga Normal</t>
   </si>
   <si>
     <t>Harga Basic</t>
   </si>
   <si>
     <t>Harga Gold</t>
   </si>
   <si>
     <t>Harga Platinum</t>
   </si>
   <si>
@@ -488,80 +488,86 @@
   <si>
     <t>Era of Celestial Special Ring Fragment Bundle</t>
   </si>
   <si>
     <t>F1</t>
   </si>
   <si>
     <t>FREE FIRE</t>
   </si>
   <si>
     <t>Free Fire 5 Diamond</t>
   </si>
   <si>
     <t>F10</t>
   </si>
   <si>
     <t>Free Fire 210 Diamond</t>
   </si>
   <si>
     <t>F11</t>
   </si>
   <si>
     <t>Free Fire 250 Diamond</t>
   </si>
   <si>
-    <t>F12</t>
-[...4 lines deleted...]
-  <si>
     <t>F13</t>
   </si>
   <si>
     <t>Free Fire 300 Diamond</t>
   </si>
   <si>
-    <t>F14</t>
-[...4 lines deleted...]
-  <si>
     <t>F15</t>
   </si>
   <si>
     <t>Free Fire 400 Diamond</t>
   </si>
   <si>
+    <t>F16</t>
+  </si>
+  <si>
+    <t>Free Fire 425 Diamond</t>
+  </si>
+  <si>
     <t>F17</t>
   </si>
   <si>
     <t>Free Fire 475 Diamond</t>
   </si>
   <si>
+    <t>F18</t>
+  </si>
+  <si>
+    <t>Free Fire 500 Diamond</t>
+  </si>
+  <si>
+    <t>F19</t>
+  </si>
+  <si>
+    <t>Free Fire 635 Diamond</t>
+  </si>
+  <si>
     <t>F2</t>
   </si>
   <si>
     <t>Free Fire 15 Diamond</t>
   </si>
   <si>
     <t>F21</t>
   </si>
   <si>
     <t>Free Fire 800 Diamond</t>
   </si>
   <si>
     <t>F22</t>
   </si>
   <si>
     <t>Free Fire 930 Diamond</t>
   </si>
   <si>
     <t>F23</t>
   </si>
   <si>
     <t>Free Fire 1000 Diamond</t>
   </si>
   <si>
     <t>F24</t>
@@ -662,140 +668,122 @@
   <si>
     <t>FC Mobile 99 Silver</t>
   </si>
   <si>
     <t>FC4</t>
   </si>
   <si>
     <t>FC Mobile 520 FC Points</t>
   </si>
   <si>
     <t>GI1</t>
   </si>
   <si>
     <t>Genshin Impact</t>
   </si>
   <si>
     <t>Genshin Impact 60 Genesis Crystals</t>
   </si>
   <si>
     <t>GI3</t>
   </si>
   <si>
     <t>Genshin Impact 1980+260 Genesis Crystals</t>
   </si>
   <si>
-    <t>GI4</t>
-[...4 lines deleted...]
-  <si>
     <t>He14</t>
   </si>
   <si>
     <t>Heroes Evolved</t>
   </si>
   <si>
     <t>Heroes Evolved 500 Tokens</t>
   </si>
   <si>
     <t>He3</t>
   </si>
   <si>
     <t>Heroes Evolved 2500 Tokens</t>
   </si>
   <si>
     <t>He5</t>
   </si>
   <si>
     <t>Heroes Evolved 6500 Tokens</t>
   </si>
   <si>
     <t>Hee6</t>
   </si>
   <si>
     <t>Heroes Evolved 1200 Tokens</t>
   </si>
   <si>
     <t>HOK16</t>
   </si>
   <si>
     <t>Honor of Kings</t>
   </si>
   <si>
     <t>Honor of Kings 16 Tokens</t>
   </si>
   <si>
-    <t>HOK23</t>
-[...4 lines deleted...]
-  <si>
     <t>HOK240</t>
   </si>
   <si>
     <t>Honor of Kings 240 Tokens</t>
   </si>
   <si>
     <t>HOK400</t>
   </si>
   <si>
     <t>Honor of Kings 400 Tokens</t>
   </si>
   <si>
     <t>HOK560</t>
   </si>
   <si>
     <t>Honor of Kings 560 Tokens</t>
   </si>
   <si>
     <t>HOK8</t>
   </si>
   <si>
     <t>Honor of Kings 8 Tokens</t>
   </si>
   <si>
     <t>HOK80</t>
   </si>
   <si>
     <t>Honor of Kings 80 Tokens</t>
   </si>
   <si>
     <t>HOK800</t>
   </si>
   <si>
     <t>Honor of Kings 800 Tokens</t>
   </si>
   <si>
-    <t>HOKWCP</t>
-[...4 lines deleted...]
-  <si>
     <t>Jd1s</t>
   </si>
   <si>
     <t>Jade Dynasty</t>
   </si>
   <si>
     <t>Jade Dynasty 64 Tael</t>
   </si>
   <si>
     <t>Jd2s</t>
   </si>
   <si>
     <t>Jade Dynasty 128 Tael</t>
   </si>
   <si>
     <t>Jd3s</t>
   </si>
   <si>
     <t>Jade Dynasty 318 Tael</t>
   </si>
   <si>
     <t>Jd4s</t>
   </si>
   <si>
     <t>Jade Dynasty 636 Tael</t>
@@ -869,62 +857,56 @@
   <si>
     <t>Lip3</t>
   </si>
   <si>
     <t>LifeAfter 242 Credits</t>
   </si>
   <si>
     <t>Lip4</t>
   </si>
   <si>
     <t>LifeAfter 330 Credits</t>
   </si>
   <si>
     <t>Lip5</t>
   </si>
   <si>
     <t>LifeAfter 413 Credits</t>
   </si>
   <si>
     <t>Lip6</t>
   </si>
   <si>
     <t>LifeAfter 558 Credits</t>
   </si>
   <si>
-    <t>Lm4</t>
+    <t>Lm5</t>
   </si>
   <si>
     <t>Lords Mobile</t>
   </si>
   <si>
-    <t>Lords Mobile 195 Diamonds</t>
-[...4 lines deleted...]
-  <si>
     <t>Lords Mobile Weekly Diamond Pass</t>
   </si>
   <si>
     <t>Lm6</t>
   </si>
   <si>
     <t>Lords Mobile 200 Diamonds</t>
   </si>
   <si>
     <t>Lm8</t>
   </si>
   <si>
     <t>Lords Mobile 785 Diamonds</t>
   </si>
   <si>
     <t>Lm9</t>
   </si>
   <si>
     <t>Lords Mobile 1964 Diamonds</t>
   </si>
   <si>
     <t>Lp1</t>
   </si>
   <si>
     <t>Laplace M</t>
@@ -1292,56 +1274,50 @@
   <si>
     <t>MC6</t>
   </si>
   <si>
     <t>Magic Chess Go Go 59 Diamonds</t>
   </si>
   <si>
     <t>MC7</t>
   </si>
   <si>
     <t>Magic Chess Go Go 85 Diamonds</t>
   </si>
   <si>
     <t>MC8</t>
   </si>
   <si>
     <t>Magic Chess Go Go 170 Diamonds</t>
   </si>
   <si>
     <t>MC9</t>
   </si>
   <si>
     <t>Magic Chess Go Go 296 Diamonds</t>
   </si>
   <si>
-    <t>Mfb</t>
-[...4 lines deleted...]
-  <si>
     <t>Mff</t>
   </si>
   <si>
     <t>Free Fire Membership Mingguan</t>
   </si>
   <si>
     <t>Mg2</t>
   </si>
   <si>
     <t>MangaToon</t>
   </si>
   <si>
     <t>MangaToon 600 Coins</t>
   </si>
   <si>
     <t>Mg4</t>
   </si>
   <si>
     <t>MangaToon 6000 Coins</t>
   </si>
   <si>
     <t>Msw1</t>
   </si>
   <si>
     <t>Marvel Super War</t>
@@ -1382,134 +1358,110 @@
   <si>
     <t>P1</t>
   </si>
   <si>
     <t>POINT BLANK</t>
   </si>
   <si>
     <t>1.200 PB Cash</t>
   </si>
   <si>
     <t>P10p</t>
   </si>
   <si>
     <t>PUBG MOBILE</t>
   </si>
   <si>
     <t>PUBG MOBILE 125 UC</t>
   </si>
   <si>
     <t>P11p</t>
   </si>
   <si>
     <t>PUBG MOBILE 180 UC</t>
   </si>
   <si>
-    <t>P12p</t>
-[...4 lines deleted...]
-  <si>
     <t>P13p</t>
   </si>
   <si>
     <t>PUBG MOBILE 300 UC</t>
   </si>
   <si>
     <t>P14p</t>
   </si>
   <si>
     <t>PUBG MOBILE 445 UC</t>
   </si>
   <si>
-    <t>P15p</t>
-[...4 lines deleted...]
-  <si>
     <t>P16p</t>
   </si>
   <si>
     <t>PUBG MOBILE 660 UC</t>
   </si>
   <si>
-    <t>P17p</t>
-[...4 lines deleted...]
-  <si>
     <t>P3</t>
   </si>
   <si>
     <t>6.000 PB Cash</t>
   </si>
   <si>
     <t>P4</t>
   </si>
   <si>
     <t>7.000 PB Cash</t>
   </si>
   <si>
     <t>P4p</t>
   </si>
   <si>
     <t>PUBG MOBILE 26 UC</t>
   </si>
   <si>
     <t>P5</t>
   </si>
   <si>
     <t>12.000 PB Cash</t>
   </si>
   <si>
     <t>P6</t>
   </si>
   <si>
     <t>24.000 PB Cash</t>
   </si>
   <si>
     <t>P6p</t>
   </si>
   <si>
     <t>PUBG MOBILE 50 UC</t>
   </si>
   <si>
     <t>P7p</t>
   </si>
   <si>
     <t>PUBG MOBILE 62 UC</t>
   </si>
   <si>
-    <t>P9p</t>
-[...4 lines deleted...]
-  <si>
     <t>PBV1</t>
   </si>
   <si>
     <t>Voucher 1.200 PB Cash</t>
   </si>
   <si>
     <t>PBV2</t>
   </si>
   <si>
     <t>Voucher 2.400 PB Cash</t>
   </si>
   <si>
     <t>PBV3</t>
   </si>
   <si>
     <t>Voucher 6.000 PB Cash</t>
   </si>
   <si>
     <t>PBV4</t>
   </si>
   <si>
     <t>Voucher 12.000 PB Cash</t>
   </si>
   <si>
     <t>PBV5</t>
@@ -1535,89 +1487,71 @@
   <si>
     <t>preqkeznm</t>
   </si>
   <si>
     <t>Ace Racer 1180 Tokens</t>
   </si>
   <si>
     <t>preyjmzm9</t>
   </si>
   <si>
     <t>Ace Racer 5880 Tokens</t>
   </si>
   <si>
     <t>prez8mkmz</t>
   </si>
   <si>
     <t>Ace Racer 2880 Tokens</t>
   </si>
   <si>
     <t>PUBG1</t>
   </si>
   <si>
     <t>Pubg Royale Pass</t>
   </si>
   <si>
-    <t>R2</t>
+    <t>R3</t>
   </si>
   <si>
     <t>Ragnarok M: Eternal Love</t>
   </si>
   <si>
-    <t>18 Big Cat Coins</t>
-[...4 lines deleted...]
-  <si>
     <t>24 Big Cat Coins</t>
   </si>
   <si>
     <t>R4</t>
   </si>
   <si>
     <t>30 Big Cat Coins</t>
   </si>
   <si>
-    <t>R5</t>
-[...4 lines deleted...]
-  <si>
     <t>R6</t>
   </si>
   <si>
     <t>60 Big Cat Coins</t>
   </si>
   <si>
-    <t>R7</t>
-[...4 lines deleted...]
-  <si>
     <t>R8</t>
   </si>
   <si>
     <t>598 Big Cat Coins</t>
   </si>
   <si>
     <t>Roh1</t>
   </si>
   <si>
     <t>Ride Out Heroes</t>
   </si>
   <si>
     <t>Ride Out Heroes 100 Tokens</t>
   </si>
   <si>
     <t>Roh2</t>
   </si>
   <si>
     <t>Ride Out Heroes 1000 Tokens</t>
   </si>
   <si>
     <t>Roh3</t>
   </si>
   <si>
     <t>Ride Out Heroes 2000 Tokens</t>
@@ -1892,56 +1826,50 @@
   <si>
     <t>Vps4</t>
   </si>
   <si>
     <t>Valorant 1.475 VP</t>
   </si>
   <si>
     <t>Vps5</t>
   </si>
   <si>
     <t>Valorant 2.000 VP</t>
   </si>
   <si>
     <t>Vps6</t>
   </si>
   <si>
     <t>Valorant 2.525 VP</t>
   </si>
   <si>
     <t>Vps7</t>
   </si>
   <si>
     <t>Valorant 3.050 VP</t>
   </si>
   <si>
-    <t>Vps8</t>
-[...4 lines deleted...]
-  <si>
     <t>W2</t>
   </si>
   <si>
     <t>Werewolf (Party Game)</t>
   </si>
   <si>
     <t>Werewolf 6 Diamonds</t>
   </si>
   <si>
     <t>Wd1</t>
   </si>
   <si>
     <t>MOBILE LEGENDS Weekly Diamond Pass</t>
   </si>
   <si>
     <t>Wd2</t>
   </si>
   <si>
     <t>MOBILE LEGENDS Weekly Diamond Pass 2x</t>
   </si>
   <si>
     <t>Wd3</t>
   </si>
   <si>
     <t>MOBILE LEGENDS Weekly Diamond Pass 3x</t>
@@ -1982,72 +1910,66 @@
   <si>
     <t>Werewolf 225 Diamonds</t>
   </si>
   <si>
     <t>Ww1234</t>
   </si>
   <si>
     <t>Werewolf 495 Diamonds</t>
   </si>
   <si>
     <t>epic</t>
   </si>
   <si>
     <t>JOKI MOBILE LEGENDS</t>
   </si>
   <si>
     <t>Epic / Star</t>
   </si>
   <si>
     <t>mythic</t>
   </si>
   <si>
     <t>Legend / Star</t>
   </si>
   <si>
+    <t>tp1</t>
+  </si>
+  <si>
+    <t>MOBILE LEGENDS Twilight Pass</t>
+  </si>
+  <si>
     <t>pre28532981</t>
   </si>
   <si>
     <t>Mobile Legends First Top Up 50+Bonus Diamonds (Indonesia)</t>
   </si>
   <si>
     <t>pre28532982</t>
   </si>
   <si>
     <t>Mobile Legends First Top Up 150+Bonus Diamonds (Indonesia)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Mobile Legends First Top Up 500+Bonus Diamonds (Indonesia)</t>
   </si>
   <si>
     <t>pre28656053</t>
   </si>
   <si>
     <t>Free Fire Membership Mingguan x3</t>
   </si>
   <si>
     <t>500 robux</t>
   </si>
   <si>
     <t>Roblox Mastapedia</t>
   </si>
   <si>
     <t>500 Robux</t>
   </si>
   <si>
     <t>pre28656052</t>
   </si>
   <si>
     <t>Free Fire Membership Mingguan x2</t>
   </si>
   <si>
     <t>pre28656054</t>
   </si>
@@ -2416,54 +2338,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I319"/>
+  <dimension ref="A1:I306"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H319" sqref="H319"/>
+      <selection activeCell="H306" sqref="H306"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -2554,60 +2476,60 @@
       </c>
       <c r="G4" s="2">
         <v>933356</v>
       </c>
       <c r="H4" s="2">
         <v>924206</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="2">
-        <v>6443</v>
+        <v>6649</v>
       </c>
       <c r="F5" s="2">
-        <v>6443</v>
+        <v>6649</v>
       </c>
       <c r="G5" s="2">
-        <v>6380</v>
+        <v>6584</v>
       </c>
       <c r="H5" s="2">
-        <v>6318</v>
+        <v>6520</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2">
         <v>8784</v>
       </c>
       <c r="F6" s="2">
         <v>8784</v>
       </c>
       <c r="G6" s="2">
@@ -2786,89 +2708,89 @@
       </c>
       <c r="G12" s="2">
         <v>431310</v>
       </c>
       <c r="H12" s="2">
         <v>427082</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="2">
-        <v>14003</v>
+        <v>14031</v>
       </c>
       <c r="F13" s="2">
-        <v>14003</v>
+        <v>14031</v>
       </c>
       <c r="G13" s="2">
-        <v>13867</v>
+        <v>13894</v>
       </c>
       <c r="H13" s="2">
-        <v>13731</v>
+        <v>13758</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="2">
-        <v>26939</v>
+        <v>27131</v>
       </c>
       <c r="F14" s="2">
-        <v>26939</v>
+        <v>27131</v>
       </c>
       <c r="G14" s="2">
-        <v>26677</v>
+        <v>26868</v>
       </c>
       <c r="H14" s="2">
-        <v>26416</v>
+        <v>26604</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="2">
         <v>70553</v>
       </c>
       <c r="F15" s="2">
         <v>70553</v>
       </c>
       <c r="G15" s="2">
@@ -2989,60 +2911,60 @@
       </c>
       <c r="G19" s="2">
         <v>684434</v>
       </c>
       <c r="H19" s="2">
         <v>677724</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E20" s="2">
-        <v>1402110</v>
+        <v>1403140</v>
       </c>
       <c r="F20" s="2">
-        <v>1402110</v>
+        <v>1403140</v>
       </c>
       <c r="G20" s="2">
-        <v>1388497</v>
+        <v>1389517</v>
       </c>
       <c r="H20" s="2">
-        <v>1374885</v>
+        <v>1375895</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E21" s="2">
         <v>4841</v>
       </c>
       <c r="F21" s="2">
         <v>4841</v>
       </c>
       <c r="G21" s="2">
@@ -3221,234 +3143,234 @@
       </c>
       <c r="G27" s="2">
         <v>4759</v>
       </c>
       <c r="H27" s="2">
         <v>4713</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E28" s="2">
-        <v>87225</v>
+        <v>91073</v>
       </c>
       <c r="F28" s="2">
-        <v>87225</v>
+        <v>91073</v>
       </c>
       <c r="G28" s="2">
-        <v>86378</v>
+        <v>90188</v>
       </c>
       <c r="H28" s="2">
-        <v>85531</v>
+        <v>89304</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E29" s="2">
-        <v>107584</v>
+        <v>112605</v>
       </c>
       <c r="F29" s="2">
-        <v>107584</v>
+        <v>112605</v>
       </c>
       <c r="G29" s="2">
-        <v>106539</v>
+        <v>111512</v>
       </c>
       <c r="H29" s="2">
-        <v>105495</v>
+        <v>110418</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E30" s="2">
-        <v>139544</v>
+        <v>148551</v>
       </c>
       <c r="F30" s="2">
-        <v>139544</v>
+        <v>148551</v>
       </c>
       <c r="G30" s="2">
-        <v>138190</v>
+        <v>147108</v>
       </c>
       <c r="H30" s="2">
-        <v>136835</v>
+        <v>145666</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>72</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E31" s="2">
-        <v>213358</v>
+        <v>220362</v>
       </c>
       <c r="F31" s="2">
-        <v>213358</v>
+        <v>220362</v>
       </c>
       <c r="G31" s="2">
-        <v>211287</v>
+        <v>218223</v>
       </c>
       <c r="H31" s="2">
-        <v>209215</v>
+        <v>216083</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E32" s="2">
         <v>290790</v>
       </c>
       <c r="F32" s="2">
         <v>290790</v>
       </c>
       <c r="G32" s="2">
         <v>287966</v>
       </c>
       <c r="H32" s="2">
         <v>285143</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>77</v>
       </c>
       <c r="E33" s="2">
-        <v>1792225</v>
+        <v>1874625</v>
       </c>
       <c r="F33" s="2">
-        <v>1792225</v>
+        <v>1874625</v>
       </c>
       <c r="G33" s="2">
-        <v>1774824</v>
+        <v>1856424</v>
       </c>
       <c r="H33" s="2">
-        <v>1757424</v>
+        <v>1838224</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E34" s="2">
-        <v>9455</v>
+        <v>9584</v>
       </c>
       <c r="F34" s="2">
-        <v>9455</v>
+        <v>9584</v>
       </c>
       <c r="G34" s="2">
-        <v>9364</v>
+        <v>9491</v>
       </c>
       <c r="H34" s="2">
-        <v>9272</v>
+        <v>9398</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E35" s="2">
         <v>9049</v>
       </c>
       <c r="F35" s="2">
         <v>9049</v>
       </c>
       <c r="G35" s="2">
@@ -3511,60 +3433,60 @@
       </c>
       <c r="G37" s="2">
         <v>18239</v>
       </c>
       <c r="H37" s="2">
         <v>18060</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E38" s="2">
-        <v>26928</v>
+        <v>28140</v>
       </c>
       <c r="F38" s="2">
-        <v>26928</v>
+        <v>28140</v>
       </c>
       <c r="G38" s="2">
-        <v>26667</v>
+        <v>27866</v>
       </c>
       <c r="H38" s="2">
-        <v>26405</v>
+        <v>27593</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>89</v>
       </c>
       <c r="E39" s="2">
         <v>41909</v>
       </c>
       <c r="F39" s="2">
         <v>41909</v>
       </c>
       <c r="G39" s="2">
@@ -4410,959 +4332,959 @@
       </c>
       <c r="G68" s="2">
         <v>70814</v>
       </c>
       <c r="H68" s="2">
         <v>70119</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>153</v>
       </c>
       <c r="E69" s="2">
-        <v>796</v>
+        <v>856</v>
       </c>
       <c r="F69" s="2">
-        <v>796</v>
+        <v>856</v>
       </c>
       <c r="G69" s="2">
-        <v>788</v>
+        <v>848</v>
       </c>
       <c r="H69" s="2">
-        <v>781</v>
+        <v>839</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>154</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E70" s="2">
-        <v>26723</v>
+        <v>27507</v>
       </c>
       <c r="F70" s="2">
-        <v>26723</v>
+        <v>27507</v>
       </c>
       <c r="G70" s="2">
-        <v>26464</v>
+        <v>27240</v>
       </c>
       <c r="H70" s="2">
-        <v>26204</v>
+        <v>26973</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E71" s="2">
-        <v>31503</v>
+        <v>33804</v>
       </c>
       <c r="F71" s="2">
-        <v>31503</v>
+        <v>33804</v>
       </c>
       <c r="G71" s="2">
-        <v>31197</v>
+        <v>33475</v>
       </c>
       <c r="H71" s="2">
-        <v>30891</v>
+        <v>33147</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>159</v>
       </c>
       <c r="E72" s="2">
-        <v>34685</v>
+        <v>39425</v>
       </c>
       <c r="F72" s="2">
-        <v>34685</v>
+        <v>39425</v>
       </c>
       <c r="G72" s="2">
-        <v>34349</v>
+        <v>39043</v>
       </c>
       <c r="H72" s="2">
-        <v>34012</v>
+        <v>38660</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="2">
-        <v>37449</v>
+        <v>52797</v>
       </c>
       <c r="F73" s="2">
-        <v>37449</v>
+        <v>52797</v>
       </c>
       <c r="G73" s="2">
-        <v>37085</v>
+        <v>52284</v>
       </c>
       <c r="H73" s="2">
-        <v>36722</v>
+        <v>51772</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E74" s="2">
-        <v>43183</v>
+        <v>54904</v>
       </c>
       <c r="F74" s="2">
-        <v>43183</v>
+        <v>54904</v>
       </c>
       <c r="G74" s="2">
-        <v>42764</v>
+        <v>54371</v>
       </c>
       <c r="H74" s="2">
-        <v>42344</v>
+        <v>53838</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1">
         <v>74</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>165</v>
       </c>
       <c r="E75" s="2">
-        <v>49224</v>
+        <v>62015</v>
       </c>
       <c r="F75" s="2">
-        <v>49224</v>
+        <v>62015</v>
       </c>
       <c r="G75" s="2">
-        <v>48746</v>
+        <v>61413</v>
       </c>
       <c r="H75" s="2">
-        <v>48268</v>
+        <v>60811</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E76" s="2">
-        <v>58103</v>
+        <v>64965</v>
       </c>
       <c r="F76" s="2">
-        <v>58103</v>
+        <v>64965</v>
       </c>
       <c r="G76" s="2">
-        <v>57539</v>
+        <v>64334</v>
       </c>
       <c r="H76" s="2">
-        <v>56975</v>
+        <v>63704</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>169</v>
       </c>
       <c r="E77" s="2">
-        <v>2378</v>
+        <v>82343</v>
       </c>
       <c r="F77" s="2">
-        <v>2378</v>
+        <v>82343</v>
       </c>
       <c r="G77" s="2">
-        <v>2355</v>
+        <v>81544</v>
       </c>
       <c r="H77" s="2">
-        <v>2332</v>
+        <v>80744</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1">
         <v>77</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>171</v>
       </c>
       <c r="E78" s="2">
-        <v>96169</v>
+        <v>2557</v>
       </c>
       <c r="F78" s="2">
-        <v>96169</v>
+        <v>2557</v>
       </c>
       <c r="G78" s="2">
-        <v>95235</v>
+        <v>2533</v>
       </c>
       <c r="H78" s="2">
-        <v>94302</v>
+        <v>2508</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1">
         <v>78</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>173</v>
       </c>
       <c r="E79" s="2">
-        <v>113867</v>
+        <v>103079</v>
       </c>
       <c r="F79" s="2">
-        <v>113867</v>
+        <v>103079</v>
       </c>
       <c r="G79" s="2">
-        <v>112761</v>
+        <v>102079</v>
       </c>
       <c r="H79" s="2">
-        <v>111656</v>
+        <v>101078</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1">
         <v>79</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>175</v>
       </c>
       <c r="E80" s="2">
-        <v>120407</v>
+        <v>113867</v>
       </c>
       <c r="F80" s="2">
-        <v>120407</v>
+        <v>113867</v>
       </c>
       <c r="G80" s="2">
-        <v>119238</v>
+        <v>112761</v>
       </c>
       <c r="H80" s="2">
-        <v>118069</v>
+        <v>111656</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>177</v>
       </c>
       <c r="E81" s="2">
-        <v>144645</v>
+        <v>129059</v>
       </c>
       <c r="F81" s="2">
-        <v>144645</v>
+        <v>129059</v>
       </c>
       <c r="G81" s="2">
-        <v>143241</v>
+        <v>127806</v>
       </c>
       <c r="H81" s="2">
-        <v>141836</v>
+        <v>126553</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>179</v>
       </c>
       <c r="E82" s="2">
-        <v>175023</v>
+        <v>155039</v>
       </c>
       <c r="F82" s="2">
-        <v>175023</v>
+        <v>155039</v>
       </c>
       <c r="G82" s="2">
-        <v>173324</v>
+        <v>153533</v>
       </c>
       <c r="H82" s="2">
-        <v>171624</v>
+        <v>152028</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>180</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>181</v>
       </c>
       <c r="E83" s="2">
-        <v>189211</v>
+        <v>175023</v>
       </c>
       <c r="F83" s="2">
-        <v>189211</v>
+        <v>175023</v>
       </c>
       <c r="G83" s="2">
-        <v>187374</v>
+        <v>173324</v>
       </c>
       <c r="H83" s="2">
-        <v>185537</v>
+        <v>171624</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E84" s="2">
-        <v>244641</v>
+        <v>202807</v>
       </c>
       <c r="F84" s="2">
-        <v>244641</v>
+        <v>202807</v>
       </c>
       <c r="G84" s="2">
-        <v>242266</v>
+        <v>200838</v>
       </c>
       <c r="H84" s="2">
-        <v>239891</v>
+        <v>198869</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>84</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>185</v>
       </c>
       <c r="E85" s="2">
-        <v>288784</v>
+        <v>244641</v>
       </c>
       <c r="F85" s="2">
-        <v>288784</v>
+        <v>244641</v>
       </c>
       <c r="G85" s="2">
-        <v>285980</v>
+        <v>242266</v>
       </c>
       <c r="H85" s="2">
-        <v>283177</v>
+        <v>239891</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
         <v>85</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>187</v>
       </c>
       <c r="E86" s="2">
-        <v>3960</v>
+        <v>295971</v>
       </c>
       <c r="F86" s="2">
-        <v>3960</v>
+        <v>295971</v>
       </c>
       <c r="G86" s="2">
-        <v>3922</v>
+        <v>293097</v>
       </c>
       <c r="H86" s="2">
-        <v>3883</v>
+        <v>290224</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
         <v>86</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>189</v>
       </c>
       <c r="E87" s="2">
-        <v>6522</v>
+        <v>4259</v>
       </c>
       <c r="F87" s="2">
-        <v>6522</v>
+        <v>4259</v>
       </c>
       <c r="G87" s="2">
-        <v>6459</v>
+        <v>4218</v>
       </c>
       <c r="H87" s="2">
-        <v>6395</v>
+        <v>4176</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
         <v>87</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E88" s="2">
-        <v>8770</v>
+        <v>6785</v>
       </c>
       <c r="F88" s="2">
-        <v>8770</v>
+        <v>6785</v>
       </c>
       <c r="G88" s="2">
-        <v>8685</v>
+        <v>6719</v>
       </c>
       <c r="H88" s="2">
-        <v>8600</v>
+        <v>6653</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
         <v>88</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>193</v>
       </c>
       <c r="E89" s="2">
-        <v>13045</v>
+        <v>9162</v>
       </c>
       <c r="F89" s="2">
-        <v>13045</v>
+        <v>9162</v>
       </c>
       <c r="G89" s="2">
-        <v>12918</v>
+        <v>9073</v>
       </c>
       <c r="H89" s="2">
-        <v>12792</v>
+        <v>8984</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
         <v>89</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E90" s="2">
-        <v>17720</v>
+        <v>13569</v>
       </c>
       <c r="F90" s="2">
-        <v>17720</v>
+        <v>13569</v>
       </c>
       <c r="G90" s="2">
-        <v>17548</v>
+        <v>13437</v>
       </c>
       <c r="H90" s="2">
-        <v>17376</v>
+        <v>13306</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
         <v>90</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>197</v>
       </c>
       <c r="E91" s="2">
-        <v>18725</v>
+        <v>18965</v>
       </c>
       <c r="F91" s="2">
-        <v>18725</v>
+        <v>18965</v>
       </c>
       <c r="G91" s="2">
-        <v>18544</v>
+        <v>18781</v>
       </c>
       <c r="H91" s="2">
-        <v>18362</v>
+        <v>18597</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>91</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>152</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E92" s="2">
-        <v>25769</v>
+        <v>19709</v>
       </c>
       <c r="F92" s="2">
-        <v>25769</v>
+        <v>19709</v>
       </c>
       <c r="G92" s="2">
-        <v>25518</v>
+        <v>19518</v>
       </c>
       <c r="H92" s="2">
-        <v>25268</v>
+        <v>19326</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
         <v>92</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D93" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>6263</v>
+        <v>27224</v>
       </c>
       <c r="F93" s="2">
-        <v>6263</v>
+        <v>27224</v>
       </c>
       <c r="G93" s="2">
-        <v>6203</v>
+        <v>26960</v>
       </c>
       <c r="H93" s="2">
-        <v>6142</v>
+        <v>26695</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1">
         <v>93</v>
       </c>
       <c r="B94" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E94" s="2">
         <v>6263</v>
       </c>
       <c r="F94" s="2">
         <v>6263</v>
       </c>
       <c r="G94" s="2">
         <v>6203</v>
       </c>
       <c r="H94" s="2">
         <v>6142</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1">
         <v>94</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>206</v>
       </c>
       <c r="E95" s="2">
-        <v>15414</v>
+        <v>6263</v>
       </c>
       <c r="F95" s="2">
-        <v>15414</v>
+        <v>6263</v>
       </c>
       <c r="G95" s="2">
-        <v>15264</v>
+        <v>6203</v>
       </c>
       <c r="H95" s="2">
-        <v>15115</v>
+        <v>6142</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1">
         <v>95</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E96" s="2">
         <v>15414</v>
       </c>
       <c r="F96" s="2">
         <v>15414</v>
       </c>
       <c r="G96" s="2">
         <v>15264</v>
       </c>
       <c r="H96" s="2">
         <v>15115</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1">
         <v>96</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E97" s="2">
-        <v>76076</v>
+        <v>15414</v>
       </c>
       <c r="F97" s="2">
-        <v>76076</v>
+        <v>15414</v>
       </c>
       <c r="G97" s="2">
-        <v>75337</v>
+        <v>15264</v>
       </c>
       <c r="H97" s="2">
-        <v>74599</v>
+        <v>15115</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1">
         <v>97</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="2">
-        <v>11018</v>
+        <v>76076</v>
       </c>
       <c r="F98" s="2">
-        <v>11018</v>
+        <v>76076</v>
       </c>
       <c r="G98" s="2">
-        <v>10911</v>
+        <v>75337</v>
       </c>
       <c r="H98" s="2">
-        <v>10804</v>
+        <v>74599</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1">
         <v>98</v>
       </c>
       <c r="B99" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E99" s="2">
-        <v>360800</v>
+        <v>11316</v>
       </c>
       <c r="F99" s="2">
-        <v>360800</v>
+        <v>11316</v>
       </c>
       <c r="G99" s="2">
-        <v>357297</v>
+        <v>11206</v>
       </c>
       <c r="H99" s="2">
-        <v>353794</v>
+        <v>11096</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1">
         <v>99</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>217</v>
       </c>
       <c r="E100" s="2">
-        <v>624234</v>
+        <v>360489</v>
       </c>
       <c r="F100" s="2">
-        <v>624234</v>
+        <v>360489</v>
       </c>
       <c r="G100" s="2">
-        <v>618173</v>
+        <v>356989</v>
       </c>
       <c r="H100" s="2">
-        <v>612113</v>
+        <v>353489</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1">
         <v>100</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>219</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>220</v>
       </c>
       <c r="E101" s="2">
         <v>75478</v>
       </c>
       <c r="F101" s="2">
         <v>75478</v>
       </c>
       <c r="G101" s="2">
@@ -5454,6268 +5376,5891 @@
       </c>
       <c r="G104" s="2">
         <v>149651</v>
       </c>
       <c r="H104" s="2">
         <v>148184</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1">
         <v>104</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>229</v>
       </c>
       <c r="E105" s="2">
-        <v>2905</v>
+        <v>2917</v>
       </c>
       <c r="F105" s="2">
-        <v>2905</v>
+        <v>2917</v>
       </c>
       <c r="G105" s="2">
-        <v>2876</v>
+        <v>2889</v>
       </c>
       <c r="H105" s="2">
-        <v>2848</v>
+        <v>2860</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
         <v>105</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E106" s="2">
-        <v>4697</v>
+        <v>43392</v>
       </c>
       <c r="F106" s="2">
-        <v>4697</v>
+        <v>43392</v>
       </c>
       <c r="G106" s="2">
-        <v>4651</v>
+        <v>42971</v>
       </c>
       <c r="H106" s="2">
-        <v>4606</v>
+        <v>42549</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
         <v>106</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E107" s="2">
-        <v>43047</v>
+        <v>74649</v>
       </c>
       <c r="F107" s="2">
-        <v>43047</v>
+        <v>74649</v>
       </c>
       <c r="G107" s="2">
-        <v>42629</v>
+        <v>73925</v>
       </c>
       <c r="H107" s="2">
-        <v>42211</v>
+        <v>73200</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
         <v>107</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E108" s="2">
-        <v>74649</v>
+        <v>101378</v>
       </c>
       <c r="F108" s="2">
-        <v>74649</v>
+        <v>101378</v>
       </c>
       <c r="G108" s="2">
-        <v>73925</v>
+        <v>100394</v>
       </c>
       <c r="H108" s="2">
-        <v>73200</v>
+        <v>99409</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
         <v>108</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>237</v>
       </c>
       <c r="E109" s="2">
-        <v>96923</v>
+        <v>1818</v>
       </c>
       <c r="F109" s="2">
-        <v>96923</v>
+        <v>1818</v>
       </c>
       <c r="G109" s="2">
-        <v>95982</v>
+        <v>1800</v>
       </c>
       <c r="H109" s="2">
-        <v>95041</v>
+        <v>1783</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
         <v>109</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C110" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>239</v>
       </c>
       <c r="E110" s="2">
-        <v>1818</v>
+        <v>14431</v>
       </c>
       <c r="F110" s="2">
-        <v>1818</v>
+        <v>14431</v>
       </c>
       <c r="G110" s="2">
-        <v>1800</v>
+        <v>14291</v>
       </c>
       <c r="H110" s="2">
-        <v>1783</v>
+        <v>14151</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
         <v>110</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>228</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>241</v>
       </c>
       <c r="E111" s="2">
-        <v>14366</v>
+        <v>144151</v>
       </c>
       <c r="F111" s="2">
-        <v>14366</v>
+        <v>144151</v>
       </c>
       <c r="G111" s="2">
-        <v>14227</v>
+        <v>142751</v>
       </c>
       <c r="H111" s="2">
-        <v>14087</v>
+        <v>141352</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1">
         <v>111</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E112" s="2">
-        <v>143494</v>
+        <v>10022</v>
       </c>
       <c r="F112" s="2">
-        <v>143494</v>
+        <v>10022</v>
       </c>
       <c r="G112" s="2">
-        <v>142101</v>
+        <v>9925</v>
       </c>
       <c r="H112" s="2">
-        <v>140708</v>
+        <v>9827</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1">
         <v>112</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E113" s="2">
-        <v>41432</v>
+        <v>19812</v>
       </c>
       <c r="F113" s="2">
-        <v>41432</v>
+        <v>19812</v>
       </c>
       <c r="G113" s="2">
-        <v>41030</v>
+        <v>19620</v>
       </c>
       <c r="H113" s="2">
-        <v>40627</v>
+        <v>19427</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1">
         <v>113</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>248</v>
       </c>
       <c r="E114" s="2">
-        <v>10022</v>
+        <v>49208</v>
       </c>
       <c r="F114" s="2">
-        <v>10022</v>
+        <v>49208</v>
       </c>
       <c r="G114" s="2">
-        <v>9925</v>
+        <v>48731</v>
       </c>
       <c r="H114" s="2">
-        <v>9827</v>
+        <v>48253</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1">
         <v>114</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>250</v>
       </c>
       <c r="E115" s="2">
-        <v>19812</v>
+        <v>98108</v>
       </c>
       <c r="F115" s="2">
-        <v>19812</v>
+        <v>98108</v>
       </c>
       <c r="G115" s="2">
-        <v>19620</v>
+        <v>97155</v>
       </c>
       <c r="H115" s="2">
-        <v>19427</v>
+        <v>96203</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1">
         <v>115</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>252</v>
       </c>
       <c r="E116" s="2">
-        <v>49208</v>
+        <v>195958</v>
       </c>
       <c r="F116" s="2">
-        <v>49208</v>
+        <v>195958</v>
       </c>
       <c r="G116" s="2">
-        <v>48731</v>
+        <v>194055</v>
       </c>
       <c r="H116" s="2">
-        <v>48253</v>
+        <v>192153</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1">
         <v>116</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>254</v>
       </c>
       <c r="E117" s="2">
-        <v>98108</v>
+        <v>244986</v>
       </c>
       <c r="F117" s="2">
-        <v>98108</v>
+        <v>244986</v>
       </c>
       <c r="G117" s="2">
-        <v>97155</v>
+        <v>242607</v>
       </c>
       <c r="H117" s="2">
-        <v>96203</v>
+        <v>240229</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1">
         <v>117</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E118" s="2">
-        <v>195958</v>
+        <v>19673</v>
       </c>
       <c r="F118" s="2">
-        <v>195958</v>
+        <v>19673</v>
       </c>
       <c r="G118" s="2">
-        <v>194055</v>
+        <v>19482</v>
       </c>
       <c r="H118" s="2">
-        <v>192153</v>
+        <v>19291</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1">
         <v>118</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E119" s="2">
-        <v>244986</v>
+        <v>29510</v>
       </c>
       <c r="F119" s="2">
-        <v>244986</v>
+        <v>29510</v>
       </c>
       <c r="G119" s="2">
-        <v>242607</v>
+        <v>29223</v>
       </c>
       <c r="H119" s="2">
-        <v>240229</v>
+        <v>28937</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1">
         <v>119</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>261</v>
       </c>
       <c r="E120" s="2">
-        <v>19673</v>
+        <v>49080</v>
       </c>
       <c r="F120" s="2">
-        <v>19673</v>
+        <v>49080</v>
       </c>
       <c r="G120" s="2">
-        <v>19482</v>
+        <v>48603</v>
       </c>
       <c r="H120" s="2">
-        <v>19291</v>
+        <v>48127</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1">
         <v>120</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>263</v>
       </c>
       <c r="E121" s="2">
-        <v>29510</v>
+        <v>58865</v>
       </c>
       <c r="F121" s="2">
-        <v>29510</v>
+        <v>58865</v>
       </c>
       <c r="G121" s="2">
-        <v>29223</v>
+        <v>58293</v>
       </c>
       <c r="H121" s="2">
-        <v>28937</v>
+        <v>57722</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
         <v>121</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>265</v>
       </c>
       <c r="E122" s="2">
-        <v>49080</v>
+        <v>73465</v>
       </c>
       <c r="F122" s="2">
-        <v>49080</v>
+        <v>73465</v>
       </c>
       <c r="G122" s="2">
-        <v>48603</v>
+        <v>72752</v>
       </c>
       <c r="H122" s="2">
-        <v>48127</v>
+        <v>72038</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
         <v>122</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E123" s="2">
-        <v>58865</v>
+        <v>98005</v>
       </c>
       <c r="F123" s="2">
-        <v>58865</v>
+        <v>98005</v>
       </c>
       <c r="G123" s="2">
-        <v>58293</v>
+        <v>97053</v>
       </c>
       <c r="H123" s="2">
-        <v>57722</v>
+        <v>96102</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>123</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E124" s="2">
-        <v>73465</v>
+        <v>5722</v>
       </c>
       <c r="F124" s="2">
-        <v>73465</v>
+        <v>5722</v>
       </c>
       <c r="G124" s="2">
-        <v>72752</v>
+        <v>5666</v>
       </c>
       <c r="H124" s="2">
-        <v>72038</v>
+        <v>5611</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>124</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E125" s="2">
-        <v>98005</v>
+        <v>14987</v>
       </c>
       <c r="F125" s="2">
-        <v>98005</v>
+        <v>14987</v>
       </c>
       <c r="G125" s="2">
-        <v>97053</v>
+        <v>14841</v>
       </c>
       <c r="H125" s="2">
-        <v>96102</v>
+        <v>14696</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1">
         <v>125</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E126" s="2">
-        <v>5722</v>
+        <v>37106</v>
       </c>
       <c r="F126" s="2">
-        <v>5722</v>
+        <v>37106</v>
       </c>
       <c r="G126" s="2">
-        <v>5666</v>
+        <v>36746</v>
       </c>
       <c r="H126" s="2">
-        <v>5611</v>
+        <v>36385</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1">
         <v>126</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>276</v>
       </c>
       <c r="E127" s="2">
-        <v>14987</v>
+        <v>62625</v>
       </c>
       <c r="F127" s="2">
-        <v>14987</v>
+        <v>62625</v>
       </c>
       <c r="G127" s="2">
-        <v>14841</v>
+        <v>62017</v>
       </c>
       <c r="H127" s="2">
-        <v>14696</v>
+        <v>61409</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1">
         <v>127</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>278</v>
       </c>
       <c r="E128" s="2">
-        <v>37106</v>
+        <v>103592</v>
       </c>
       <c r="F128" s="2">
-        <v>37106</v>
+        <v>103592</v>
       </c>
       <c r="G128" s="2">
-        <v>36746</v>
+        <v>102587</v>
       </c>
       <c r="H128" s="2">
-        <v>36385</v>
+        <v>101581</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1">
         <v>128</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>280</v>
       </c>
       <c r="E129" s="2">
-        <v>62192</v>
+        <v>96129</v>
       </c>
       <c r="F129" s="2">
-        <v>62192</v>
+        <v>96129</v>
       </c>
       <c r="G129" s="2">
-        <v>61589</v>
+        <v>95196</v>
       </c>
       <c r="H129" s="2">
-        <v>60985</v>
+        <v>94262</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1">
         <v>129</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E130" s="2">
-        <v>103592</v>
+        <v>34312</v>
       </c>
       <c r="F130" s="2">
-        <v>103592</v>
+        <v>34312</v>
       </c>
       <c r="G130" s="2">
-        <v>102587</v>
+        <v>33979</v>
       </c>
       <c r="H130" s="2">
-        <v>101581</v>
+        <v>33646</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1">
         <v>130</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E131" s="2">
-        <v>93883</v>
+        <v>30591</v>
       </c>
       <c r="F131" s="2">
-        <v>93883</v>
+        <v>30591</v>
       </c>
       <c r="G131" s="2">
-        <v>92972</v>
+        <v>30294</v>
       </c>
       <c r="H131" s="2">
-        <v>92060</v>
+        <v>29997</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1">
         <v>131</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>287</v>
       </c>
       <c r="E132" s="2">
-        <v>33882</v>
+        <v>134880</v>
       </c>
       <c r="F132" s="2">
-        <v>33882</v>
+        <v>134880</v>
       </c>
       <c r="G132" s="2">
-        <v>33553</v>
+        <v>133570</v>
       </c>
       <c r="H132" s="2">
-        <v>33224</v>
+        <v>132261</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1">
         <v>132</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>289</v>
       </c>
       <c r="E133" s="2">
-        <v>34165</v>
+        <v>341062</v>
       </c>
       <c r="F133" s="2">
-        <v>34165</v>
+        <v>341062</v>
       </c>
       <c r="G133" s="2">
-        <v>33833</v>
+        <v>337751</v>
       </c>
       <c r="H133" s="2">
-        <v>33502</v>
+        <v>334439</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1">
         <v>133</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E134" s="2">
-        <v>30591</v>
+        <v>13143</v>
       </c>
       <c r="F134" s="2">
-        <v>30591</v>
+        <v>13143</v>
       </c>
       <c r="G134" s="2">
-        <v>30294</v>
+        <v>13015</v>
       </c>
       <c r="H134" s="2">
-        <v>29997</v>
+        <v>12888</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
         <v>134</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E135" s="2">
-        <v>134880</v>
+        <v>14804</v>
       </c>
       <c r="F135" s="2">
-        <v>134880</v>
+        <v>14804</v>
       </c>
       <c r="G135" s="2">
-        <v>133570</v>
+        <v>14660</v>
       </c>
       <c r="H135" s="2">
-        <v>132261</v>
+        <v>14517</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>135</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="E136" s="2">
-        <v>341062</v>
+        <v>66650</v>
       </c>
       <c r="F136" s="2">
-        <v>341062</v>
+        <v>66650</v>
       </c>
       <c r="G136" s="2">
-        <v>337751</v>
+        <v>66003</v>
       </c>
       <c r="H136" s="2">
-        <v>334439</v>
+        <v>65356</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
         <v>136</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E137" s="2">
-        <v>13143</v>
+        <v>28608</v>
       </c>
       <c r="F137" s="2">
-        <v>13143</v>
+        <v>28608</v>
       </c>
       <c r="G137" s="2">
-        <v>13015</v>
+        <v>28331</v>
       </c>
       <c r="H137" s="2">
-        <v>12888</v>
+        <v>28053</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>137</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>301</v>
       </c>
       <c r="E138" s="2">
-        <v>14804</v>
+        <v>194518</v>
       </c>
       <c r="F138" s="2">
-        <v>14804</v>
+        <v>194518</v>
       </c>
       <c r="G138" s="2">
-        <v>14660</v>
+        <v>192629</v>
       </c>
       <c r="H138" s="2">
-        <v>14517</v>
+        <v>190741</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>138</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>303</v>
       </c>
       <c r="E139" s="2">
-        <v>66650</v>
+        <v>44200</v>
       </c>
       <c r="F139" s="2">
-        <v>66650</v>
+        <v>44200</v>
       </c>
       <c r="G139" s="2">
-        <v>66003</v>
+        <v>43771</v>
       </c>
       <c r="H139" s="2">
-        <v>65356</v>
+        <v>43342</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
         <v>139</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>305</v>
       </c>
       <c r="E140" s="2">
-        <v>28608</v>
+        <v>541696</v>
       </c>
       <c r="F140" s="2">
-        <v>28608</v>
+        <v>541696</v>
       </c>
       <c r="G140" s="2">
-        <v>28331</v>
+        <v>536436</v>
       </c>
       <c r="H140" s="2">
-        <v>28053</v>
+        <v>531177</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
         <v>140</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E141" s="2">
-        <v>194518</v>
+        <v>73594</v>
       </c>
       <c r="F141" s="2">
-        <v>194518</v>
+        <v>73594</v>
       </c>
       <c r="G141" s="2">
-        <v>192629</v>
+        <v>72879</v>
       </c>
       <c r="H141" s="2">
-        <v>190741</v>
+        <v>72165</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>141</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>309</v>
       </c>
       <c r="E142" s="2">
-        <v>44200</v>
+        <v>808585</v>
       </c>
       <c r="F142" s="2">
-        <v>44200</v>
+        <v>808585</v>
       </c>
       <c r="G142" s="2">
-        <v>43771</v>
+        <v>800735</v>
       </c>
       <c r="H142" s="2">
-        <v>43342</v>
+        <v>792884</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1">
         <v>142</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>311</v>
       </c>
       <c r="E143" s="2">
-        <v>541696</v>
+        <v>145977</v>
       </c>
       <c r="F143" s="2">
-        <v>541696</v>
+        <v>145977</v>
       </c>
       <c r="G143" s="2">
-        <v>536436</v>
+        <v>144560</v>
       </c>
       <c r="H143" s="2">
-        <v>531177</v>
+        <v>143142</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1">
         <v>143</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>313</v>
       </c>
       <c r="E144" s="2">
-        <v>73594</v>
+        <v>292765</v>
       </c>
       <c r="F144" s="2">
-        <v>73594</v>
+        <v>292765</v>
       </c>
       <c r="G144" s="2">
-        <v>72879</v>
+        <v>289923</v>
       </c>
       <c r="H144" s="2">
-        <v>72165</v>
+        <v>287080</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1">
         <v>144</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>315</v>
       </c>
       <c r="E145" s="2">
-        <v>808585</v>
+        <v>723318</v>
       </c>
       <c r="F145" s="2">
-        <v>808585</v>
+        <v>723318</v>
       </c>
       <c r="G145" s="2">
-        <v>800735</v>
+        <v>716295</v>
       </c>
       <c r="H145" s="2">
-        <v>792884</v>
+        <v>709273</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1">
         <v>145</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>317</v>
       </c>
       <c r="E146" s="2">
-        <v>145977</v>
+        <v>977753</v>
       </c>
       <c r="F146" s="2">
-        <v>145977</v>
+        <v>977753</v>
       </c>
       <c r="G146" s="2">
-        <v>144560</v>
+        <v>968261</v>
       </c>
       <c r="H146" s="2">
-        <v>143142</v>
+        <v>958768</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>146</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E147" s="2">
-        <v>292765</v>
+        <v>1906</v>
       </c>
       <c r="F147" s="2">
-        <v>292765</v>
+        <v>1906</v>
       </c>
       <c r="G147" s="2">
-        <v>289923</v>
+        <v>1887</v>
       </c>
       <c r="H147" s="2">
-        <v>287080</v>
+        <v>1869</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>147</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E148" s="2">
-        <v>723318</v>
+        <v>19490</v>
       </c>
       <c r="F148" s="2">
-        <v>723318</v>
+        <v>19490</v>
       </c>
       <c r="G148" s="2">
-        <v>716295</v>
+        <v>19300</v>
       </c>
       <c r="H148" s="2">
-        <v>709273</v>
+        <v>19111</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>148</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E149" s="2">
-        <v>977753</v>
+        <v>23077</v>
       </c>
       <c r="F149" s="2">
-        <v>977753</v>
+        <v>23077</v>
       </c>
       <c r="G149" s="2">
-        <v>968261</v>
+        <v>22853</v>
       </c>
       <c r="H149" s="2">
-        <v>958768</v>
+        <v>22629</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>149</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>326</v>
       </c>
       <c r="E150" s="2">
-        <v>1026</v>
+        <v>31111</v>
       </c>
       <c r="F150" s="2">
-        <v>1026</v>
+        <v>31111</v>
       </c>
       <c r="G150" s="2">
-        <v>1016</v>
+        <v>30809</v>
       </c>
       <c r="H150" s="2">
-        <v>1006</v>
+        <v>30507</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>150</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E151" s="2">
-        <v>19309</v>
+        <v>39144</v>
       </c>
       <c r="F151" s="2">
-        <v>19309</v>
+        <v>39144</v>
       </c>
       <c r="G151" s="2">
-        <v>19122</v>
+        <v>38764</v>
       </c>
       <c r="H151" s="2">
-        <v>18934</v>
+        <v>38384</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>151</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>330</v>
       </c>
       <c r="E152" s="2">
-        <v>23701</v>
+        <v>44058</v>
       </c>
       <c r="F152" s="2">
-        <v>23701</v>
+        <v>44058</v>
       </c>
       <c r="G152" s="2">
-        <v>23471</v>
+        <v>43631</v>
       </c>
       <c r="H152" s="2">
-        <v>23241</v>
+        <v>43203</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>152</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E153" s="2">
-        <v>31953</v>
+        <v>46153</v>
       </c>
       <c r="F153" s="2">
-        <v>31953</v>
+        <v>46153</v>
       </c>
       <c r="G153" s="2">
-        <v>31642</v>
+        <v>45705</v>
       </c>
       <c r="H153" s="2">
-        <v>31332</v>
+        <v>45257</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>153</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>334</v>
       </c>
       <c r="E154" s="2">
-        <v>40203</v>
+        <v>49756</v>
       </c>
       <c r="F154" s="2">
-        <v>40203</v>
+        <v>49756</v>
       </c>
       <c r="G154" s="2">
-        <v>39813</v>
+        <v>49273</v>
       </c>
       <c r="H154" s="2">
-        <v>39422</v>
+        <v>48790</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
         <v>154</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>336</v>
       </c>
       <c r="E155" s="2">
-        <v>43873</v>
+        <v>75949</v>
       </c>
       <c r="F155" s="2">
-        <v>43873</v>
+        <v>75949</v>
       </c>
       <c r="G155" s="2">
-        <v>43447</v>
+        <v>75212</v>
       </c>
       <c r="H155" s="2">
-        <v>43021</v>
+        <v>74474</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>155</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>337</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>338</v>
       </c>
       <c r="E156" s="2">
-        <v>47251</v>
+        <v>1962</v>
       </c>
       <c r="F156" s="2">
-        <v>47251</v>
+        <v>1962</v>
       </c>
       <c r="G156" s="2">
-        <v>46793</v>
+        <v>1943</v>
       </c>
       <c r="H156" s="2">
-        <v>46334</v>
+        <v>1924</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>156</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>340</v>
       </c>
       <c r="E157" s="2">
-        <v>49756</v>
+        <v>76971</v>
       </c>
       <c r="F157" s="2">
-        <v>49756</v>
+        <v>76971</v>
       </c>
       <c r="G157" s="2">
-        <v>49273</v>
+        <v>76224</v>
       </c>
       <c r="H157" s="2">
-        <v>48790</v>
+        <v>75476</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1">
         <v>157</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>342</v>
       </c>
       <c r="E158" s="2">
-        <v>78003</v>
+        <v>80053</v>
       </c>
       <c r="F158" s="2">
-        <v>78003</v>
+        <v>80053</v>
       </c>
       <c r="G158" s="2">
-        <v>77246</v>
+        <v>79275</v>
       </c>
       <c r="H158" s="2">
-        <v>76488</v>
+        <v>78498</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1">
         <v>158</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>343</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>344</v>
       </c>
       <c r="E159" s="2">
-        <v>1447</v>
+        <v>91479</v>
       </c>
       <c r="F159" s="2">
-        <v>1447</v>
+        <v>91479</v>
       </c>
       <c r="G159" s="2">
-        <v>1433</v>
+        <v>90591</v>
       </c>
       <c r="H159" s="2">
-        <v>1419</v>
+        <v>89703</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1">
         <v>159</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>346</v>
       </c>
       <c r="E160" s="2">
-        <v>79054</v>
+        <v>99695</v>
       </c>
       <c r="F160" s="2">
-        <v>79054</v>
+        <v>99695</v>
       </c>
       <c r="G160" s="2">
-        <v>78286</v>
+        <v>98727</v>
       </c>
       <c r="H160" s="2">
-        <v>77519</v>
+        <v>97759</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
         <v>160</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>348</v>
       </c>
       <c r="E161" s="2">
-        <v>80013</v>
+        <v>134338</v>
       </c>
       <c r="F161" s="2">
-        <v>80013</v>
+        <v>134338</v>
       </c>
       <c r="G161" s="2">
-        <v>79237</v>
+        <v>133034</v>
       </c>
       <c r="H161" s="2">
-        <v>78460</v>
+        <v>131729</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
         <v>161</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>350</v>
       </c>
       <c r="E162" s="2">
-        <v>91764</v>
+        <v>150144</v>
       </c>
       <c r="F162" s="2">
-        <v>91764</v>
+        <v>150144</v>
       </c>
       <c r="G162" s="2">
-        <v>90873</v>
+        <v>148686</v>
       </c>
       <c r="H162" s="2">
-        <v>89982</v>
+        <v>147229</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
         <v>162</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>351</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>352</v>
       </c>
       <c r="E163" s="2">
-        <v>99695</v>
+        <v>159639</v>
       </c>
       <c r="F163" s="2">
-        <v>99695</v>
+        <v>159639</v>
       </c>
       <c r="G163" s="2">
-        <v>98727</v>
+        <v>158089</v>
       </c>
       <c r="H163" s="2">
-        <v>97759</v>
+        <v>156539</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1">
         <v>163</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>354</v>
       </c>
       <c r="E164" s="2">
-        <v>134059</v>
+        <v>188119</v>
       </c>
       <c r="F164" s="2">
-        <v>134059</v>
+        <v>188119</v>
       </c>
       <c r="G164" s="2">
-        <v>132757</v>
+        <v>186293</v>
       </c>
       <c r="H164" s="2">
-        <v>131456</v>
+        <v>184466</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1">
         <v>164</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>356</v>
       </c>
       <c r="E165" s="2">
-        <v>154055</v>
+        <v>3396</v>
       </c>
       <c r="F165" s="2">
-        <v>154055</v>
+        <v>3396</v>
       </c>
       <c r="G165" s="2">
-        <v>152559</v>
+        <v>3363</v>
       </c>
       <c r="H165" s="2">
-        <v>151064</v>
+        <v>3330</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1">
         <v>165</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>358</v>
       </c>
       <c r="E166" s="2">
-        <v>163806</v>
+        <v>230035</v>
       </c>
       <c r="F166" s="2">
-        <v>163806</v>
+        <v>230035</v>
       </c>
       <c r="G166" s="2">
-        <v>162216</v>
+        <v>227802</v>
       </c>
       <c r="H166" s="2">
-        <v>160625</v>
+        <v>225568</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1">
         <v>166</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>359</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>360</v>
       </c>
       <c r="E167" s="2">
-        <v>193057</v>
+        <v>241376</v>
       </c>
       <c r="F167" s="2">
-        <v>193057</v>
+        <v>241376</v>
       </c>
       <c r="G167" s="2">
-        <v>191183</v>
+        <v>239033</v>
       </c>
       <c r="H167" s="2">
-        <v>189308</v>
+        <v>236689</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1">
         <v>167</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>362</v>
       </c>
       <c r="E168" s="2">
-        <v>3399</v>
+        <v>263202</v>
       </c>
       <c r="F168" s="2">
-        <v>3399</v>
+        <v>263202</v>
       </c>
       <c r="G168" s="2">
-        <v>3366</v>
+        <v>260647</v>
       </c>
       <c r="H168" s="2">
-        <v>3333</v>
+        <v>258091</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1">
         <v>168</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>363</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>364</v>
       </c>
       <c r="E169" s="2">
-        <v>235958</v>
+        <v>295577</v>
       </c>
       <c r="F169" s="2">
-        <v>235958</v>
+        <v>295577</v>
       </c>
       <c r="G169" s="2">
-        <v>233667</v>
+        <v>292707</v>
       </c>
       <c r="H169" s="2">
-        <v>231376</v>
+        <v>289838</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1">
         <v>169</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>365</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>366</v>
       </c>
       <c r="E170" s="2">
-        <v>240895</v>
+        <v>366843</v>
       </c>
       <c r="F170" s="2">
-        <v>240895</v>
+        <v>366843</v>
       </c>
       <c r="G170" s="2">
-        <v>238557</v>
+        <v>363281</v>
       </c>
       <c r="H170" s="2">
-        <v>236218</v>
+        <v>359720</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1">
         <v>170</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>368</v>
       </c>
       <c r="E171" s="2">
-        <v>262814</v>
+        <v>423910</v>
       </c>
       <c r="F171" s="2">
-        <v>262814</v>
+        <v>423910</v>
       </c>
       <c r="G171" s="2">
-        <v>260262</v>
+        <v>419794</v>
       </c>
       <c r="H171" s="2">
-        <v>257711</v>
+        <v>415679</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
         <v>171</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>370</v>
       </c>
       <c r="E172" s="2">
-        <v>293251</v>
+        <v>500235</v>
       </c>
       <c r="F172" s="2">
-        <v>293251</v>
+        <v>500235</v>
       </c>
       <c r="G172" s="2">
-        <v>290404</v>
+        <v>495378</v>
       </c>
       <c r="H172" s="2">
-        <v>287557</v>
+        <v>490522</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1">
         <v>172</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>371</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>372</v>
       </c>
       <c r="E173" s="2">
-        <v>365382</v>
+        <v>531640</v>
       </c>
       <c r="F173" s="2">
-        <v>365382</v>
+        <v>531640</v>
       </c>
       <c r="G173" s="2">
-        <v>361835</v>
+        <v>526478</v>
       </c>
       <c r="H173" s="2">
-        <v>358287</v>
+        <v>521317</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1">
         <v>173</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>374</v>
       </c>
       <c r="E174" s="2">
-        <v>424875</v>
+        <v>627167</v>
       </c>
       <c r="F174" s="2">
-        <v>424875</v>
+        <v>627167</v>
       </c>
       <c r="G174" s="2">
-        <v>420750</v>
+        <v>621078</v>
       </c>
       <c r="H174" s="2">
-        <v>416625</v>
+        <v>614989</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1">
         <v>174</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>375</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>376</v>
       </c>
       <c r="E175" s="2">
-        <v>513017</v>
+        <v>751655</v>
       </c>
       <c r="F175" s="2">
-        <v>513017</v>
+        <v>751655</v>
       </c>
       <c r="G175" s="2">
-        <v>508037</v>
+        <v>744357</v>
       </c>
       <c r="H175" s="2">
-        <v>503056</v>
+        <v>737060</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1">
         <v>175</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>377</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E176" s="2">
-        <v>533576</v>
+        <v>5556</v>
       </c>
       <c r="F176" s="2">
-        <v>533576</v>
+        <v>5556</v>
       </c>
       <c r="G176" s="2">
-        <v>528396</v>
+        <v>5502</v>
       </c>
       <c r="H176" s="2">
-        <v>523215</v>
+        <v>5448</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1">
         <v>176</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>379</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>380</v>
       </c>
       <c r="E177" s="2">
-        <v>626601</v>
+        <v>847513</v>
       </c>
       <c r="F177" s="2">
-        <v>626601</v>
+        <v>847513</v>
       </c>
       <c r="G177" s="2">
-        <v>620517</v>
+        <v>839285</v>
       </c>
       <c r="H177" s="2">
-        <v>614434</v>
+        <v>831056</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1">
         <v>177</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>381</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>382</v>
       </c>
       <c r="E178" s="2">
-        <v>747753</v>
+        <v>919316</v>
       </c>
       <c r="F178" s="2">
-        <v>747753</v>
+        <v>919316</v>
       </c>
       <c r="G178" s="2">
-        <v>740493</v>
+        <v>910391</v>
       </c>
       <c r="H178" s="2">
-        <v>733234</v>
+        <v>901465</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1">
         <v>178</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>383</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E179" s="2">
-        <v>5706</v>
+        <v>963523</v>
       </c>
       <c r="F179" s="2">
-        <v>5706</v>
+        <v>963523</v>
       </c>
       <c r="G179" s="2">
-        <v>5651</v>
+        <v>954168</v>
       </c>
       <c r="H179" s="2">
-        <v>5595</v>
+        <v>944814</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1">
         <v>179</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>385</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>386</v>
       </c>
       <c r="E180" s="2">
-        <v>847007</v>
+        <v>1252620</v>
       </c>
       <c r="F180" s="2">
-        <v>847007</v>
+        <v>1252620</v>
       </c>
       <c r="G180" s="2">
-        <v>838784</v>
+        <v>1240459</v>
       </c>
       <c r="H180" s="2">
-        <v>830560</v>
+        <v>1228297</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1">
         <v>180</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>387</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E181" s="2">
-        <v>918793</v>
+        <v>1336424</v>
       </c>
       <c r="F181" s="2">
-        <v>918793</v>
+        <v>1336424</v>
       </c>
       <c r="G181" s="2">
-        <v>909873</v>
+        <v>1323449</v>
       </c>
       <c r="H181" s="2">
-        <v>900952</v>
+        <v>1310474</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1">
         <v>181</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>389</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>390</v>
       </c>
       <c r="E182" s="2">
-        <v>962176</v>
+        <v>7509</v>
       </c>
       <c r="F182" s="2">
-        <v>962176</v>
+        <v>7509</v>
       </c>
       <c r="G182" s="2">
-        <v>952834</v>
+        <v>7436</v>
       </c>
       <c r="H182" s="2">
-        <v>943493</v>
+        <v>7363</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1">
         <v>182</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>391</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E183" s="2">
-        <v>1250954</v>
+        <v>9807</v>
       </c>
       <c r="F183" s="2">
-        <v>1250954</v>
+        <v>9807</v>
       </c>
       <c r="G183" s="2">
-        <v>1238808</v>
+        <v>9711</v>
       </c>
       <c r="H183" s="2">
-        <v>1226663</v>
+        <v>9616</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1">
         <v>183</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>393</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E184" s="2">
-        <v>1335361</v>
+        <v>16067</v>
       </c>
       <c r="F184" s="2">
-        <v>1335361</v>
+        <v>16067</v>
       </c>
       <c r="G184" s="2">
-        <v>1322396</v>
+        <v>15911</v>
       </c>
       <c r="H184" s="2">
-        <v>1309432</v>
+        <v>15755</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1">
         <v>184</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>395</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>396</v>
       </c>
       <c r="E185" s="2">
-        <v>7725</v>
+        <v>17929</v>
       </c>
       <c r="F185" s="2">
-        <v>7725</v>
+        <v>17929</v>
       </c>
       <c r="G185" s="2">
-        <v>7650</v>
+        <v>17755</v>
       </c>
       <c r="H185" s="2">
-        <v>7575</v>
+        <v>17581</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
         <v>185</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>397</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>325</v>
+        <v>398</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E186" s="2">
-        <v>9739</v>
+        <v>1466</v>
       </c>
       <c r="F186" s="2">
-        <v>9739</v>
+        <v>1466</v>
       </c>
       <c r="G186" s="2">
-        <v>9644</v>
+        <v>1451</v>
       </c>
       <c r="H186" s="2">
-        <v>9550</v>
+        <v>1437</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
         <v>186</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>325</v>
+        <v>398</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E187" s="2">
-        <v>16502</v>
+        <v>98296</v>
       </c>
       <c r="F187" s="2">
-        <v>16502</v>
+        <v>98296</v>
       </c>
       <c r="G187" s="2">
-        <v>16341</v>
+        <v>97342</v>
       </c>
       <c r="H187" s="2">
-        <v>16181</v>
+        <v>96387</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1">
         <v>187</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>325</v>
+        <v>398</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E188" s="2">
-        <v>17946</v>
+        <v>134516</v>
       </c>
       <c r="F188" s="2">
-        <v>17946</v>
+        <v>134516</v>
       </c>
       <c r="G188" s="2">
-        <v>17771</v>
+        <v>133210</v>
       </c>
       <c r="H188" s="2">
-        <v>17597</v>
+        <v>131904</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
         <v>188</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>405</v>
       </c>
       <c r="E189" s="2">
-        <v>1355</v>
+        <v>3467</v>
       </c>
       <c r="F189" s="2">
-        <v>1355</v>
+        <v>3467</v>
       </c>
       <c r="G189" s="2">
-        <v>1342</v>
+        <v>3433</v>
       </c>
       <c r="H189" s="2">
-        <v>1329</v>
+        <v>3400</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
         <v>189</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>406</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>407</v>
       </c>
       <c r="E190" s="2">
-        <v>98254</v>
+        <v>5117</v>
       </c>
       <c r="F190" s="2">
-        <v>98254</v>
+        <v>5117</v>
       </c>
       <c r="G190" s="2">
-        <v>97300</v>
+        <v>5067</v>
       </c>
       <c r="H190" s="2">
-        <v>96346</v>
+        <v>5018</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>190</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>408</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>409</v>
       </c>
       <c r="E191" s="2">
-        <v>134555</v>
+        <v>6779</v>
       </c>
       <c r="F191" s="2">
-        <v>134555</v>
+        <v>6779</v>
       </c>
       <c r="G191" s="2">
-        <v>133249</v>
+        <v>6714</v>
       </c>
       <c r="H191" s="2">
-        <v>131942</v>
+        <v>6648</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>191</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>411</v>
       </c>
       <c r="E192" s="2">
-        <v>3463</v>
+        <v>10809</v>
       </c>
       <c r="F192" s="2">
-        <v>3463</v>
+        <v>10809</v>
       </c>
       <c r="G192" s="2">
-        <v>3429</v>
+        <v>10704</v>
       </c>
       <c r="H192" s="2">
-        <v>3396</v>
+        <v>10599</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
         <v>192</v>
       </c>
       <c r="B193" s="1" t="s">
         <v>412</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>413</v>
       </c>
       <c r="E193" s="2">
-        <v>5255</v>
+        <v>15040</v>
       </c>
       <c r="F193" s="2">
-        <v>5255</v>
+        <v>15040</v>
       </c>
       <c r="G193" s="2">
-        <v>5204</v>
+        <v>14894</v>
       </c>
       <c r="H193" s="2">
-        <v>5153</v>
+        <v>14748</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
         <v>193</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>414</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>415</v>
       </c>
       <c r="E194" s="2">
-        <v>6772</v>
+        <v>21525</v>
       </c>
       <c r="F194" s="2">
-        <v>6772</v>
+        <v>21525</v>
       </c>
       <c r="G194" s="2">
-        <v>6707</v>
+        <v>21316</v>
       </c>
       <c r="H194" s="2">
-        <v>6641</v>
+        <v>21107</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
         <v>194</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>416</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>417</v>
       </c>
       <c r="E195" s="2">
-        <v>10803</v>
+        <v>42088</v>
       </c>
       <c r="F195" s="2">
-        <v>10803</v>
+        <v>42088</v>
       </c>
       <c r="G195" s="2">
-        <v>10698</v>
+        <v>41679</v>
       </c>
       <c r="H195" s="2">
-        <v>10593</v>
+        <v>41271</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1">
         <v>195</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>418</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>419</v>
       </c>
       <c r="E196" s="2">
-        <v>15040</v>
+        <v>72615</v>
       </c>
       <c r="F196" s="2">
-        <v>15040</v>
+        <v>72615</v>
       </c>
       <c r="G196" s="2">
-        <v>14894</v>
+        <v>71910</v>
       </c>
       <c r="H196" s="2">
-        <v>14748</v>
+        <v>71205</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
         <v>196</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>420</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>404</v>
+        <v>152</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>421</v>
       </c>
       <c r="E197" s="2">
-        <v>21656</v>
+        <v>28757</v>
       </c>
       <c r="F197" s="2">
-        <v>21656</v>
+        <v>28757</v>
       </c>
       <c r="G197" s="2">
-        <v>21446</v>
+        <v>28477</v>
       </c>
       <c r="H197" s="2">
-        <v>21235</v>
+        <v>28198</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>197</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>422</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>404</v>
+        <v>423</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E198" s="2">
-        <v>41960</v>
+        <v>89683</v>
       </c>
       <c r="F198" s="2">
-        <v>41960</v>
+        <v>89683</v>
       </c>
       <c r="G198" s="2">
-        <v>41553</v>
+        <v>88812</v>
       </c>
       <c r="H198" s="2">
-        <v>41145</v>
+        <v>87942</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1">
         <v>198</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>404</v>
+        <v>423</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E199" s="2">
-        <v>73376</v>
+        <v>896597</v>
       </c>
       <c r="F199" s="2">
-        <v>73376</v>
+        <v>896597</v>
       </c>
       <c r="G199" s="2">
-        <v>72664</v>
+        <v>887893</v>
       </c>
       <c r="H199" s="2">
-        <v>71951</v>
+        <v>879188</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1">
         <v>199</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>152</v>
+        <v>428</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E200" s="2">
-        <v>81489</v>
+        <v>11216</v>
       </c>
       <c r="F200" s="2">
-        <v>81489</v>
+        <v>11216</v>
       </c>
       <c r="G200" s="2">
-        <v>80698</v>
+        <v>11107</v>
       </c>
       <c r="H200" s="2">
-        <v>79907</v>
+        <v>10998</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1">
         <v>200</v>
       </c>
       <c r="B201" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C201" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D201" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E201" s="2">
-        <v>27399</v>
+        <v>57185</v>
       </c>
       <c r="F201" s="2">
-        <v>27399</v>
+        <v>57185</v>
       </c>
       <c r="G201" s="2">
-        <v>27133</v>
+        <v>56629</v>
       </c>
       <c r="H201" s="2">
-        <v>26867</v>
+        <v>56074</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1">
         <v>201</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E202" s="2">
-        <v>89683</v>
+        <v>114739</v>
       </c>
       <c r="F202" s="2">
-        <v>89683</v>
+        <v>114739</v>
       </c>
       <c r="G202" s="2">
-        <v>88812</v>
+        <v>113625</v>
       </c>
       <c r="H202" s="2">
-        <v>87942</v>
+        <v>112511</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1">
         <v>202</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E203" s="2">
-        <v>896597</v>
+        <v>229571</v>
       </c>
       <c r="F203" s="2">
-        <v>896597</v>
+        <v>229571</v>
       </c>
       <c r="G203" s="2">
-        <v>887893</v>
+        <v>227342</v>
       </c>
       <c r="H203" s="2">
-        <v>879188</v>
+        <v>225113</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1">
         <v>203</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>437</v>
       </c>
       <c r="E204" s="2">
-        <v>11216</v>
+        <v>373223</v>
       </c>
       <c r="F204" s="2">
-        <v>11216</v>
+        <v>373223</v>
       </c>
       <c r="G204" s="2">
-        <v>11107</v>
+        <v>369599</v>
       </c>
       <c r="H204" s="2">
-        <v>10998</v>
+        <v>365976</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1">
         <v>204</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>438</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>439</v>
       </c>
       <c r="E205" s="2">
-        <v>57185</v>
+        <v>574349</v>
       </c>
       <c r="F205" s="2">
-        <v>57185</v>
+        <v>574349</v>
       </c>
       <c r="G205" s="2">
-        <v>56629</v>
+        <v>568772</v>
       </c>
       <c r="H205" s="2">
-        <v>56074</v>
+        <v>563196</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1">
         <v>205</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>440</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E206" s="2">
-        <v>114739</v>
+        <v>9270</v>
       </c>
       <c r="F206" s="2">
-        <v>114739</v>
+        <v>9270</v>
       </c>
       <c r="G206" s="2">
-        <v>113625</v>
+        <v>9180</v>
       </c>
       <c r="H206" s="2">
-        <v>112511</v>
+        <v>9090</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1">
         <v>206</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E207" s="2">
-        <v>229571</v>
+        <v>32960</v>
       </c>
       <c r="F207" s="2">
-        <v>229571</v>
+        <v>32960</v>
       </c>
       <c r="G207" s="2">
-        <v>227342</v>
+        <v>32640</v>
       </c>
       <c r="H207" s="2">
-        <v>225113</v>
+        <v>32320</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1">
         <v>207</v>
       </c>
       <c r="B208" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C208" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D208" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="E208" s="2">
-        <v>373223</v>
+        <v>46190</v>
       </c>
       <c r="F208" s="2">
-        <v>373223</v>
+        <v>46190</v>
       </c>
       <c r="G208" s="2">
-        <v>369599</v>
+        <v>45742</v>
       </c>
       <c r="H208" s="2">
-        <v>365976</v>
+        <v>45293</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1">
         <v>208</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="E209" s="2">
-        <v>574349</v>
+        <v>69525</v>
       </c>
       <c r="F209" s="2">
-        <v>574349</v>
+        <v>69525</v>
       </c>
       <c r="G209" s="2">
-        <v>568772</v>
+        <v>68850</v>
       </c>
       <c r="H209" s="2">
-        <v>563196</v>
+        <v>68175</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1">
         <v>209</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E210" s="2">
-        <v>8858</v>
+        <v>108093</v>
       </c>
       <c r="F210" s="2">
-        <v>8858</v>
+        <v>108093</v>
       </c>
       <c r="G210" s="2">
-        <v>8772</v>
+        <v>107044</v>
       </c>
       <c r="H210" s="2">
-        <v>8686</v>
+        <v>105994</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1">
         <v>210</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>453</v>
       </c>
       <c r="E211" s="2">
-        <v>32960</v>
+        <v>152953</v>
       </c>
       <c r="F211" s="2">
-        <v>32960</v>
+        <v>152953</v>
       </c>
       <c r="G211" s="2">
-        <v>32640</v>
+        <v>151468</v>
       </c>
       <c r="H211" s="2">
-        <v>32320</v>
+        <v>149983</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1">
         <v>211</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>454</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E212" s="2">
-        <v>47409</v>
+        <v>46350</v>
       </c>
       <c r="F212" s="2">
-        <v>47409</v>
+        <v>46350</v>
       </c>
       <c r="G212" s="2">
-        <v>46949</v>
+        <v>45900</v>
       </c>
       <c r="H212" s="2">
-        <v>46488</v>
+        <v>45450</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1">
         <v>212</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>457</v>
       </c>
       <c r="E213" s="2">
-        <v>58874</v>
+        <v>58341</v>
       </c>
       <c r="F213" s="2">
-        <v>58874</v>
+        <v>58341</v>
       </c>
       <c r="G213" s="2">
-        <v>58302</v>
+        <v>57775</v>
       </c>
       <c r="H213" s="2">
-        <v>57731</v>
+        <v>57208</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1">
         <v>213</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>458</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>459</v>
       </c>
       <c r="E214" s="2">
-        <v>69525</v>
+        <v>7274</v>
       </c>
       <c r="F214" s="2">
-        <v>69525</v>
+        <v>7274</v>
       </c>
       <c r="G214" s="2">
-        <v>68850</v>
+        <v>7203</v>
       </c>
       <c r="H214" s="2">
-        <v>68175</v>
+        <v>7133</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1">
         <v>214</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>460</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>461</v>
       </c>
       <c r="E215" s="2">
-        <v>109834</v>
+        <v>93730</v>
       </c>
       <c r="F215" s="2">
-        <v>109834</v>
+        <v>93730</v>
       </c>
       <c r="G215" s="2">
-        <v>108768</v>
+        <v>92820</v>
       </c>
       <c r="H215" s="2">
-        <v>107701</v>
+        <v>91910</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1">
         <v>215</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>462</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>463</v>
       </c>
       <c r="E216" s="2">
-        <v>111163</v>
+        <v>185400</v>
       </c>
       <c r="F216" s="2">
-        <v>111163</v>
+        <v>185400</v>
       </c>
       <c r="G216" s="2">
-        <v>110084</v>
+        <v>183600</v>
       </c>
       <c r="H216" s="2">
-        <v>109004</v>
+        <v>181800</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1">
         <v>216</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>464</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>465</v>
       </c>
       <c r="E217" s="2">
-        <v>151945</v>
+        <v>14415</v>
       </c>
       <c r="F217" s="2">
-        <v>151945</v>
+        <v>14415</v>
       </c>
       <c r="G217" s="2">
-        <v>150469</v>
+        <v>14275</v>
       </c>
       <c r="H217" s="2">
-        <v>148994</v>
+        <v>14135</v>
       </c>
       <c r="I217" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>217</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>466</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>467</v>
       </c>
       <c r="E218" s="2">
-        <v>189751</v>
+        <v>22866</v>
       </c>
       <c r="F218" s="2">
-        <v>189751</v>
+        <v>22866</v>
       </c>
       <c r="G218" s="2">
-        <v>187908</v>
+        <v>22644</v>
       </c>
       <c r="H218" s="2">
-        <v>186066</v>
+        <v>22422</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>218</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>469</v>
       </c>
       <c r="E219" s="2">
-        <v>44290</v>
+        <v>9114</v>
       </c>
       <c r="F219" s="2">
-        <v>44290</v>
+        <v>9114</v>
       </c>
       <c r="G219" s="2">
-        <v>43860</v>
+        <v>9026</v>
       </c>
       <c r="H219" s="2">
-        <v>43430</v>
+        <v>8937</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1">
         <v>219</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>471</v>
       </c>
       <c r="E220" s="2">
-        <v>58032</v>
+        <v>18307</v>
       </c>
       <c r="F220" s="2">
-        <v>58032</v>
+        <v>18307</v>
       </c>
       <c r="G220" s="2">
-        <v>57469</v>
+        <v>18129</v>
       </c>
       <c r="H220" s="2">
-        <v>56905</v>
+        <v>17952</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1">
         <v>220</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>473</v>
       </c>
       <c r="E221" s="2">
-        <v>7274</v>
+        <v>45572</v>
       </c>
       <c r="F221" s="2">
-        <v>7274</v>
+        <v>45572</v>
       </c>
       <c r="G221" s="2">
-        <v>7203</v>
+        <v>45130</v>
       </c>
       <c r="H221" s="2">
-        <v>7133</v>
+        <v>44687</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1">
         <v>221</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>475</v>
       </c>
       <c r="E222" s="2">
-        <v>88065</v>
+        <v>91537</v>
       </c>
       <c r="F222" s="2">
-        <v>88065</v>
+        <v>91537</v>
       </c>
       <c r="G222" s="2">
-        <v>87210</v>
+        <v>90648</v>
       </c>
       <c r="H222" s="2">
-        <v>86355</v>
+        <v>89760</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1">
         <v>222</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>477</v>
       </c>
       <c r="E223" s="2">
-        <v>177160</v>
+        <v>182212</v>
       </c>
       <c r="F223" s="2">
-        <v>177160</v>
+        <v>182212</v>
       </c>
       <c r="G223" s="2">
-        <v>175440</v>
+        <v>180443</v>
       </c>
       <c r="H223" s="2">
-        <v>173720</v>
+        <v>178674</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1">
         <v>223</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>479</v>
       </c>
       <c r="E224" s="2">
-        <v>14415</v>
+        <v>273305</v>
       </c>
       <c r="F224" s="2">
-        <v>14415</v>
+        <v>273305</v>
       </c>
       <c r="G224" s="2">
-        <v>14275</v>
+        <v>270652</v>
       </c>
       <c r="H224" s="2">
-        <v>14135</v>
+        <v>267998</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1">
         <v>224</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E225" s="2">
-        <v>22866</v>
+        <v>129119</v>
       </c>
       <c r="F225" s="2">
-        <v>22866</v>
+        <v>129119</v>
       </c>
       <c r="G225" s="2">
-        <v>22644</v>
+        <v>127865</v>
       </c>
       <c r="H225" s="2">
-        <v>22422</v>
+        <v>126612</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1">
         <v>225</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>452</v>
+        <v>481</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E226" s="2">
-        <v>27604</v>
+        <v>231224</v>
       </c>
       <c r="F226" s="2">
-        <v>27604</v>
+        <v>231224</v>
       </c>
       <c r="G226" s="2">
-        <v>27336</v>
+        <v>228979</v>
       </c>
       <c r="H226" s="2">
-        <v>27068</v>
+        <v>226734</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1">
         <v>226</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>449</v>
+        <v>481</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E227" s="2">
-        <v>9114</v>
+        <v>1119636</v>
       </c>
       <c r="F227" s="2">
-        <v>9114</v>
+        <v>1119636</v>
       </c>
       <c r="G227" s="2">
-        <v>9026</v>
+        <v>1108766</v>
       </c>
       <c r="H227" s="2">
-        <v>8937</v>
+        <v>1097895</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1">
         <v>227</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>449</v>
+        <v>481</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E228" s="2">
-        <v>18307</v>
+        <v>573633</v>
       </c>
       <c r="F228" s="2">
-        <v>18307</v>
+        <v>573633</v>
       </c>
       <c r="G228" s="2">
-        <v>18129</v>
+        <v>568064</v>
       </c>
       <c r="H228" s="2">
-        <v>17952</v>
+        <v>562494</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1">
         <v>228</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E229" s="2">
-        <v>45572</v>
+        <v>175852</v>
       </c>
       <c r="F229" s="2">
-        <v>45572</v>
+        <v>175852</v>
       </c>
       <c r="G229" s="2">
-        <v>45130</v>
+        <v>174145</v>
       </c>
       <c r="H229" s="2">
-        <v>44687</v>
+        <v>172437</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1">
         <v>229</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>449</v>
+        <v>492</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E230" s="2">
-        <v>91537</v>
+        <v>59766</v>
       </c>
       <c r="F230" s="2">
-        <v>91537</v>
+        <v>59766</v>
       </c>
       <c r="G230" s="2">
-        <v>90648</v>
+        <v>59186</v>
       </c>
       <c r="H230" s="2">
-        <v>89760</v>
+        <v>58605</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1">
         <v>230</v>
       </c>
       <c r="B231" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C231" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D231" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E231" s="2">
-        <v>182212</v>
+        <v>75056</v>
       </c>
       <c r="F231" s="2">
-        <v>182212</v>
+        <v>75056</v>
       </c>
       <c r="G231" s="2">
-        <v>180443</v>
+        <v>74327</v>
       </c>
       <c r="H231" s="2">
-        <v>178674</v>
+        <v>73599</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1">
         <v>231</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>449</v>
+        <v>492</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E232" s="2">
-        <v>273305</v>
+        <v>146967</v>
       </c>
       <c r="F232" s="2">
-        <v>273305</v>
+        <v>146967</v>
       </c>
       <c r="G232" s="2">
-        <v>270652</v>
+        <v>145540</v>
       </c>
       <c r="H232" s="2">
-        <v>267998</v>
+        <v>144113</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1">
         <v>232</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E233" s="2">
-        <v>129119</v>
+        <v>1421549</v>
       </c>
       <c r="F233" s="2">
-        <v>129119</v>
+        <v>1421549</v>
       </c>
       <c r="G233" s="2">
-        <v>127865</v>
+        <v>1407748</v>
       </c>
       <c r="H233" s="2">
-        <v>126612</v>
+        <v>1393946</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1">
         <v>233</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E234" s="2">
-        <v>231224</v>
+        <v>14276</v>
       </c>
       <c r="F234" s="2">
-        <v>231224</v>
+        <v>14276</v>
       </c>
       <c r="G234" s="2">
-        <v>228979</v>
+        <v>14137</v>
       </c>
       <c r="H234" s="2">
-        <v>226734</v>
+        <v>13999</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1">
         <v>234</v>
       </c>
       <c r="B235" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C235" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C235" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D235" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="E235" s="2">
-        <v>1119636</v>
+        <v>141949</v>
       </c>
       <c r="F235" s="2">
-        <v>1119636</v>
+        <v>141949</v>
       </c>
       <c r="G235" s="2">
-        <v>1108766</v>
+        <v>140571</v>
       </c>
       <c r="H235" s="2">
-        <v>1097895</v>
+        <v>139193</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1">
         <v>235</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="E236" s="2">
-        <v>573633</v>
+        <v>283920</v>
       </c>
       <c r="F236" s="2">
-        <v>573633</v>
+        <v>283920</v>
       </c>
       <c r="G236" s="2">
-        <v>568064</v>
+        <v>281163</v>
       </c>
       <c r="H236" s="2">
-        <v>562494</v>
+        <v>278407</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1">
         <v>236</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>452</v>
+        <v>501</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="E237" s="2">
-        <v>175852</v>
+        <v>42657</v>
       </c>
       <c r="F237" s="2">
-        <v>175852</v>
+        <v>42657</v>
       </c>
       <c r="G237" s="2">
-        <v>174145</v>
+        <v>42243</v>
       </c>
       <c r="H237" s="2">
-        <v>172437</v>
+        <v>41829</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1">
         <v>237</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E238" s="2">
-        <v>49106</v>
+        <v>425802</v>
       </c>
       <c r="F238" s="2">
-        <v>49106</v>
+        <v>425802</v>
       </c>
       <c r="G238" s="2">
-        <v>48630</v>
+        <v>421668</v>
       </c>
       <c r="H238" s="2">
-        <v>48153</v>
+        <v>417534</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1">
         <v>238</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E239" s="2">
-        <v>59766</v>
+        <v>71044</v>
       </c>
       <c r="F239" s="2">
-        <v>59766</v>
+        <v>71044</v>
       </c>
       <c r="G239" s="2">
-        <v>59186</v>
+        <v>70355</v>
       </c>
       <c r="H239" s="2">
-        <v>58605</v>
+        <v>69665</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1">
         <v>239</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="E240" s="2">
-        <v>74026</v>
+        <v>4934</v>
       </c>
       <c r="F240" s="2">
-        <v>74026</v>
+        <v>4934</v>
       </c>
       <c r="G240" s="2">
-        <v>73307</v>
+        <v>4886</v>
       </c>
       <c r="H240" s="2">
-        <v>72589</v>
+        <v>4838</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1">
         <v>240</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="E241" s="2">
-        <v>143929</v>
+        <v>9275</v>
       </c>
       <c r="F241" s="2">
-        <v>143929</v>
+        <v>9275</v>
       </c>
       <c r="G241" s="2">
-        <v>142532</v>
+        <v>9185</v>
       </c>
       <c r="H241" s="2">
-        <v>141134</v>
+        <v>9095</v>
       </c>
       <c r="I241" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1">
         <v>241</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E242" s="2">
-        <v>146967</v>
+        <v>18550</v>
       </c>
       <c r="F242" s="2">
-        <v>146967</v>
+        <v>18550</v>
       </c>
       <c r="G242" s="2">
-        <v>145540</v>
+        <v>18370</v>
       </c>
       <c r="H242" s="2">
-        <v>144113</v>
+        <v>18190</v>
       </c>
       <c r="I242" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="1">
         <v>242</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="E243" s="2">
-        <v>703837</v>
+        <v>88286</v>
       </c>
       <c r="F243" s="2">
-        <v>703837</v>
+        <v>88286</v>
       </c>
       <c r="G243" s="2">
-        <v>697004</v>
+        <v>87429</v>
       </c>
       <c r="H243" s="2">
-        <v>690170</v>
+        <v>86572</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1">
         <v>243</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>508</v>
+        <v>524</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="E244" s="2">
-        <v>1421549</v>
+        <v>1035</v>
       </c>
       <c r="F244" s="2">
-        <v>1421549</v>
+        <v>1035</v>
       </c>
       <c r="G244" s="2">
-        <v>1407748</v>
+        <v>1025</v>
       </c>
       <c r="H244" s="2">
-        <v>1393946</v>
+        <v>1015</v>
       </c>
       <c r="I244" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="1">
         <v>244</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="E245" s="2">
-        <v>14276</v>
+        <v>4717</v>
       </c>
       <c r="F245" s="2">
-        <v>14276</v>
+        <v>4717</v>
       </c>
       <c r="G245" s="2">
-        <v>14137</v>
+        <v>4672</v>
       </c>
       <c r="H245" s="2">
-        <v>13999</v>
+        <v>4626</v>
       </c>
       <c r="I245" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1">
         <v>245</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="E246" s="2">
-        <v>141949</v>
+        <v>10073</v>
       </c>
       <c r="F246" s="2">
-        <v>141949</v>
+        <v>10073</v>
       </c>
       <c r="G246" s="2">
-        <v>140571</v>
+        <v>9976</v>
       </c>
       <c r="H246" s="2">
-        <v>139193</v>
+        <v>9878</v>
       </c>
       <c r="I246" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="1">
         <v>246</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="E247" s="2">
-        <v>283920</v>
+        <v>13503</v>
       </c>
       <c r="F247" s="2">
-        <v>283920</v>
+        <v>13503</v>
       </c>
       <c r="G247" s="2">
-        <v>281163</v>
+        <v>13372</v>
       </c>
       <c r="H247" s="2">
-        <v>278407</v>
+        <v>13241</v>
       </c>
       <c r="I247" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="1">
         <v>247</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="E248" s="2">
-        <v>42657</v>
+        <v>22284</v>
       </c>
       <c r="F248" s="2">
-        <v>42657</v>
+        <v>22284</v>
       </c>
       <c r="G248" s="2">
-        <v>42243</v>
+        <v>22068</v>
       </c>
       <c r="H248" s="2">
-        <v>41829</v>
+        <v>21851</v>
       </c>
       <c r="I248" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="1">
         <v>248</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="E249" s="2">
-        <v>425802</v>
+        <v>49234</v>
       </c>
       <c r="F249" s="2">
-        <v>425802</v>
+        <v>49234</v>
       </c>
       <c r="G249" s="2">
-        <v>421668</v>
+        <v>48756</v>
       </c>
       <c r="H249" s="2">
-        <v>417534</v>
+        <v>48278</v>
       </c>
       <c r="I249" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" s="1">
         <v>249</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>523</v>
+        <v>319</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="E250" s="2">
-        <v>71044</v>
+        <v>78721</v>
       </c>
       <c r="F250" s="2">
-        <v>71044</v>
+        <v>78721</v>
       </c>
       <c r="G250" s="2">
-        <v>70355</v>
+        <v>77957</v>
       </c>
       <c r="H250" s="2">
-        <v>69665</v>
+        <v>77192</v>
       </c>
       <c r="I250" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="1">
         <v>250</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>536</v>
+        <v>319</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="E251" s="2">
-        <v>4934</v>
+        <v>195597</v>
       </c>
       <c r="F251" s="2">
-        <v>4934</v>
+        <v>195597</v>
       </c>
       <c r="G251" s="2">
-        <v>4886</v>
+        <v>193698</v>
       </c>
       <c r="H251" s="2">
-        <v>4838</v>
+        <v>191799</v>
       </c>
       <c r="I251" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="1">
         <v>251</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E252" s="2">
-        <v>9275</v>
+        <v>10011</v>
       </c>
       <c r="F252" s="2">
-        <v>9275</v>
+        <v>10011</v>
       </c>
       <c r="G252" s="2">
-        <v>9185</v>
+        <v>9913</v>
       </c>
       <c r="H252" s="2">
-        <v>9095</v>
+        <v>9816</v>
       </c>
       <c r="I252" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" s="1">
         <v>252</v>
       </c>
       <c r="B253" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C253" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="C253" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D253" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E253" s="2">
-        <v>18550</v>
+        <v>29620</v>
       </c>
       <c r="F253" s="2">
-        <v>18550</v>
+        <v>29620</v>
       </c>
       <c r="G253" s="2">
-        <v>18370</v>
+        <v>29332</v>
       </c>
       <c r="H253" s="2">
-        <v>18190</v>
+        <v>29045</v>
       </c>
       <c r="I253" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" s="1">
         <v>253</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="E254" s="2">
-        <v>88286</v>
+        <v>49333</v>
       </c>
       <c r="F254" s="2">
-        <v>88286</v>
+        <v>49333</v>
       </c>
       <c r="G254" s="2">
-        <v>87429</v>
+        <v>48854</v>
       </c>
       <c r="H254" s="2">
-        <v>86572</v>
+        <v>48375</v>
       </c>
       <c r="I254" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="1">
         <v>254</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E255" s="2">
-        <v>1035</v>
+        <v>98356</v>
       </c>
       <c r="F255" s="2">
-        <v>1035</v>
+        <v>98356</v>
       </c>
       <c r="G255" s="2">
-        <v>1025</v>
+        <v>97401</v>
       </c>
       <c r="H255" s="2">
-        <v>1015</v>
+        <v>96446</v>
       </c>
       <c r="I255" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="1">
         <v>255</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>546</v>
+        <v>514</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E256" s="2">
-        <v>4717</v>
+        <v>24550</v>
       </c>
       <c r="F256" s="2">
-        <v>4717</v>
+        <v>24550</v>
       </c>
       <c r="G256" s="2">
-        <v>4672</v>
+        <v>24312</v>
       </c>
       <c r="H256" s="2">
-        <v>4626</v>
+        <v>24073</v>
       </c>
       <c r="I256" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="1">
         <v>256</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="E257" s="2">
-        <v>10073</v>
+        <v>27192</v>
       </c>
       <c r="F257" s="2">
-        <v>10073</v>
+        <v>27192</v>
       </c>
       <c r="G257" s="2">
-        <v>9976</v>
+        <v>26928</v>
       </c>
       <c r="H257" s="2">
-        <v>9878</v>
+        <v>26664</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="1">
         <v>257</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>546</v>
+        <v>514</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="E258" s="2">
-        <v>13503</v>
+        <v>98005</v>
       </c>
       <c r="F258" s="2">
-        <v>13503</v>
+        <v>98005</v>
       </c>
       <c r="G258" s="2">
-        <v>13372</v>
+        <v>97053</v>
       </c>
       <c r="H258" s="2">
-        <v>13241</v>
+        <v>96102</v>
       </c>
       <c r="I258" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="1">
         <v>258</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>546</v>
+        <v>514</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E259" s="2">
-        <v>22284</v>
+        <v>122493</v>
       </c>
       <c r="F259" s="2">
-        <v>22284</v>
+        <v>122493</v>
       </c>
       <c r="G259" s="2">
-        <v>22068</v>
+        <v>121304</v>
       </c>
       <c r="H259" s="2">
-        <v>21851</v>
+        <v>120114</v>
       </c>
       <c r="I259" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="1">
         <v>259</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>546</v>
+        <v>514</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E260" s="2">
-        <v>49234</v>
+        <v>195880</v>
       </c>
       <c r="F260" s="2">
-        <v>49234</v>
+        <v>195880</v>
       </c>
       <c r="G260" s="2">
-        <v>48756</v>
+        <v>193979</v>
       </c>
       <c r="H260" s="2">
-        <v>48278</v>
+        <v>192077</v>
       </c>
       <c r="I260" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1">
         <v>260</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>325</v>
+        <v>514</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E261" s="2">
-        <v>78721</v>
+        <v>49054</v>
       </c>
       <c r="F261" s="2">
-        <v>78721</v>
+        <v>49054</v>
       </c>
       <c r="G261" s="2">
-        <v>77957</v>
+        <v>48578</v>
       </c>
       <c r="H261" s="2">
-        <v>77192</v>
+        <v>48101</v>
       </c>
       <c r="I261" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="1">
         <v>261</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>325</v>
+        <v>552</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="E262" s="2">
-        <v>195597</v>
+        <v>110210</v>
       </c>
       <c r="F262" s="2">
-        <v>195597</v>
+        <v>110210</v>
       </c>
       <c r="G262" s="2">
-        <v>193698</v>
+        <v>109140</v>
       </c>
       <c r="H262" s="2">
-        <v>191799</v>
+        <v>108070</v>
       </c>
       <c r="I262" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="1">
         <v>262</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E263" s="2">
-        <v>10011</v>
+        <v>208575</v>
       </c>
       <c r="F263" s="2">
-        <v>10011</v>
+        <v>208575</v>
       </c>
       <c r="G263" s="2">
-        <v>9913</v>
+        <v>206550</v>
       </c>
       <c r="H263" s="2">
-        <v>9816</v>
+        <v>204525</v>
       </c>
       <c r="I263" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="1">
         <v>263</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E264" s="2">
-        <v>29620</v>
+        <v>452994</v>
       </c>
       <c r="F264" s="2">
-        <v>29620</v>
+        <v>452994</v>
       </c>
       <c r="G264" s="2">
-        <v>29332</v>
+        <v>448596</v>
       </c>
       <c r="H264" s="2">
-        <v>29045</v>
+        <v>444198</v>
       </c>
       <c r="I264" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="1">
         <v>264</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E265" s="2">
-        <v>49333</v>
+        <v>661569</v>
       </c>
       <c r="F265" s="2">
-        <v>49333</v>
+        <v>661569</v>
       </c>
       <c r="G265" s="2">
-        <v>48854</v>
+        <v>655146</v>
       </c>
       <c r="H265" s="2">
-        <v>48375</v>
+        <v>648723</v>
       </c>
       <c r="I265" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" s="1">
         <v>265</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E266" s="2">
-        <v>98356</v>
+        <v>1115284</v>
       </c>
       <c r="F266" s="2">
-        <v>98356</v>
+        <v>1115284</v>
       </c>
       <c r="G266" s="2">
-        <v>97401</v>
+        <v>1104456</v>
       </c>
       <c r="H266" s="2">
-        <v>96446</v>
+        <v>1093628</v>
       </c>
       <c r="I266" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="1">
         <v>266</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E267" s="2">
-        <v>24550</v>
+        <v>1434687</v>
       </c>
       <c r="F267" s="2">
-        <v>24550</v>
+        <v>1434687</v>
       </c>
       <c r="G267" s="2">
-        <v>24312</v>
+        <v>1420758</v>
       </c>
       <c r="H267" s="2">
-        <v>24073</v>
+        <v>1406829</v>
       </c>
       <c r="I267" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="1">
         <v>267</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>574</v>
+        <v>552</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>575</v>
       </c>
       <c r="E268" s="2">
-        <v>27192</v>
+        <v>2091621</v>
       </c>
       <c r="F268" s="2">
-        <v>27192</v>
+        <v>2091621</v>
       </c>
       <c r="G268" s="2">
-        <v>26928</v>
+        <v>2071314</v>
       </c>
       <c r="H268" s="2">
-        <v>26664</v>
+        <v>2051007</v>
       </c>
       <c r="I268" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" s="1">
         <v>268</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>536</v>
+        <v>577</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E269" s="2">
-        <v>98005</v>
+        <v>16387</v>
       </c>
       <c r="F269" s="2">
-        <v>98005</v>
+        <v>16387</v>
       </c>
       <c r="G269" s="2">
-        <v>97053</v>
+        <v>16228</v>
       </c>
       <c r="H269" s="2">
-        <v>96102</v>
+        <v>16069</v>
       </c>
       <c r="I269" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="1">
         <v>269</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>536</v>
+        <v>577</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E270" s="2">
-        <v>122493</v>
+        <v>78059</v>
       </c>
       <c r="F270" s="2">
-        <v>122493</v>
+        <v>78059</v>
       </c>
       <c r="G270" s="2">
-        <v>121304</v>
+        <v>77301</v>
       </c>
       <c r="H270" s="2">
-        <v>120114</v>
+        <v>76543</v>
       </c>
       <c r="I270" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="1">
         <v>270</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>536</v>
+        <v>577</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E271" s="2">
-        <v>195880</v>
+        <v>156086</v>
       </c>
       <c r="F271" s="2">
-        <v>195880</v>
+        <v>156086</v>
       </c>
       <c r="G271" s="2">
-        <v>193979</v>
+        <v>154571</v>
       </c>
       <c r="H271" s="2">
-        <v>192077</v>
+        <v>153055</v>
       </c>
       <c r="I271" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="1">
         <v>271</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>536</v>
+        <v>577</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E272" s="2">
-        <v>49054</v>
+        <v>234117</v>
       </c>
       <c r="F272" s="2">
-        <v>49054</v>
+        <v>234117</v>
       </c>
       <c r="G272" s="2">
-        <v>48578</v>
+        <v>231844</v>
       </c>
       <c r="H272" s="2">
-        <v>48101</v>
+        <v>229571</v>
       </c>
       <c r="I272" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="1">
         <v>272</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E273" s="2">
-        <v>110210</v>
+        <v>312147</v>
       </c>
       <c r="F273" s="2">
-        <v>110210</v>
+        <v>312147</v>
       </c>
       <c r="G273" s="2">
-        <v>109140</v>
+        <v>309116</v>
       </c>
       <c r="H273" s="2">
-        <v>108070</v>
+        <v>306086</v>
       </c>
       <c r="I273" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="1">
         <v>273</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E274" s="2">
-        <v>208575</v>
+        <v>818899</v>
       </c>
       <c r="F274" s="2">
-        <v>208575</v>
+        <v>818899</v>
       </c>
       <c r="G274" s="2">
-        <v>206550</v>
+        <v>810949</v>
       </c>
       <c r="H274" s="2">
-        <v>204525</v>
+        <v>802998</v>
       </c>
       <c r="I274" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="1">
         <v>274</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E275" s="2">
-        <v>452994</v>
+        <v>53189</v>
       </c>
       <c r="F275" s="2">
-        <v>452994</v>
+        <v>53189</v>
       </c>
       <c r="G275" s="2">
-        <v>448596</v>
+        <v>52673</v>
       </c>
       <c r="H275" s="2">
-        <v>444198</v>
+        <v>52156</v>
       </c>
       <c r="I275" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1">
         <v>275</v>
       </c>
       <c r="B276" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="C276" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="C276" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D276" s="1" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="E276" s="2">
-        <v>661569</v>
+        <v>107718</v>
       </c>
       <c r="F276" s="2">
-        <v>661569</v>
+        <v>107718</v>
       </c>
       <c r="G276" s="2">
-        <v>655146</v>
+        <v>106673</v>
       </c>
       <c r="H276" s="2">
-        <v>648723</v>
+        <v>105627</v>
       </c>
       <c r="I276" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1">
         <v>276</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="E277" s="2">
-        <v>1115284</v>
+        <v>106354</v>
       </c>
       <c r="F277" s="2">
-        <v>1115284</v>
+        <v>106354</v>
       </c>
       <c r="G277" s="2">
-        <v>1104456</v>
+        <v>105321</v>
       </c>
       <c r="H277" s="2">
-        <v>1093628</v>
+        <v>104289</v>
       </c>
       <c r="I277" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="1">
         <v>277</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="E278" s="2">
-        <v>1434687</v>
+        <v>159620</v>
       </c>
       <c r="F278" s="2">
-        <v>1434687</v>
+        <v>159620</v>
       </c>
       <c r="G278" s="2">
-        <v>1420758</v>
+        <v>158070</v>
       </c>
       <c r="H278" s="2">
-        <v>1406829</v>
+        <v>156521</v>
       </c>
       <c r="I278" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1">
         <v>278</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>574</v>
+        <v>590</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E279" s="2">
-        <v>2091621</v>
+        <v>213351</v>
       </c>
       <c r="F279" s="2">
-        <v>2091621</v>
+        <v>213351</v>
       </c>
       <c r="G279" s="2">
-        <v>2071314</v>
+        <v>211280</v>
       </c>
       <c r="H279" s="2">
-        <v>2051007</v>
+        <v>209208</v>
       </c>
       <c r="I279" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1">
         <v>279</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E280" s="2">
-        <v>16387</v>
+        <v>266017</v>
       </c>
       <c r="F280" s="2">
-        <v>16387</v>
+        <v>266017</v>
       </c>
       <c r="G280" s="2">
-        <v>16228</v>
+        <v>263434</v>
       </c>
       <c r="H280" s="2">
-        <v>16069</v>
+        <v>260852</v>
       </c>
       <c r="I280" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="1">
         <v>280</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E281" s="2">
-        <v>78059</v>
+        <v>319216</v>
       </c>
       <c r="F281" s="2">
-        <v>78059</v>
+        <v>319216</v>
       </c>
       <c r="G281" s="2">
-        <v>77301</v>
+        <v>316116</v>
       </c>
       <c r="H281" s="2">
-        <v>76543</v>
+        <v>313017</v>
       </c>
       <c r="I281" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="1">
         <v>281</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E282" s="2">
-        <v>156086</v>
+        <v>1918</v>
       </c>
       <c r="F282" s="2">
-        <v>156086</v>
+        <v>1918</v>
       </c>
       <c r="G282" s="2">
-        <v>154571</v>
+        <v>1899</v>
       </c>
       <c r="H282" s="2">
-        <v>153055</v>
+        <v>1881</v>
       </c>
       <c r="I282" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="1">
         <v>282</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>599</v>
+        <v>319</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="E283" s="2">
-        <v>234117</v>
+        <v>28639</v>
       </c>
       <c r="F283" s="2">
-        <v>234117</v>
+        <v>28639</v>
       </c>
       <c r="G283" s="2">
-        <v>231844</v>
+        <v>28361</v>
       </c>
       <c r="H283" s="2">
-        <v>229571</v>
+        <v>28083</v>
       </c>
       <c r="I283" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="1">
         <v>283</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>599</v>
+        <v>319</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="E284" s="2">
-        <v>312147</v>
+        <v>57373</v>
       </c>
       <c r="F284" s="2">
-        <v>312147</v>
+        <v>57373</v>
       </c>
       <c r="G284" s="2">
-        <v>309116</v>
+        <v>56816</v>
       </c>
       <c r="H284" s="2">
-        <v>306086</v>
+        <v>56259</v>
       </c>
       <c r="I284" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="1">
         <v>284</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>599</v>
+        <v>319</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="E285" s="2">
-        <v>818899</v>
+        <v>85943</v>
       </c>
       <c r="F285" s="2">
-        <v>818899</v>
+        <v>85943</v>
       </c>
       <c r="G285" s="2">
-        <v>810949</v>
+        <v>85109</v>
       </c>
       <c r="H285" s="2">
-        <v>802998</v>
+        <v>84274</v>
       </c>
       <c r="I285" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="1">
         <v>285</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>612</v>
+        <v>319</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E286" s="2">
-        <v>53189</v>
+        <v>110282</v>
       </c>
       <c r="F286" s="2">
-        <v>53189</v>
+        <v>110282</v>
       </c>
       <c r="G286" s="2">
-        <v>52673</v>
+        <v>109211</v>
       </c>
       <c r="H286" s="2">
-        <v>52156</v>
+        <v>108141</v>
       </c>
       <c r="I286" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="1">
         <v>286</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>612</v>
+        <v>319</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E287" s="2">
-        <v>107718</v>
+        <v>139214</v>
       </c>
       <c r="F287" s="2">
-        <v>107718</v>
+        <v>139214</v>
       </c>
       <c r="G287" s="2">
-        <v>106673</v>
+        <v>137862</v>
       </c>
       <c r="H287" s="2">
-        <v>105627</v>
+        <v>136511</v>
       </c>
       <c r="I287" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="1">
         <v>287</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E288" s="2">
-        <v>106354</v>
+        <v>19889</v>
       </c>
       <c r="F288" s="2">
-        <v>106354</v>
+        <v>19889</v>
       </c>
       <c r="G288" s="2">
-        <v>105321</v>
+        <v>19696</v>
       </c>
       <c r="H288" s="2">
-        <v>104289</v>
+        <v>19503</v>
       </c>
       <c r="I288" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="1">
         <v>288</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="E289" s="2">
-        <v>159620</v>
+        <v>31013</v>
       </c>
       <c r="F289" s="2">
-        <v>159620</v>
+        <v>31013</v>
       </c>
       <c r="G289" s="2">
-        <v>158070</v>
+        <v>30712</v>
       </c>
       <c r="H289" s="2">
-        <v>156521</v>
+        <v>30411</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="1">
         <v>289</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E290" s="2">
-        <v>213351</v>
+        <v>46463</v>
       </c>
       <c r="F290" s="2">
-        <v>213351</v>
+        <v>46463</v>
       </c>
       <c r="G290" s="2">
-        <v>211280</v>
+        <v>46012</v>
       </c>
       <c r="H290" s="2">
-        <v>209208</v>
+        <v>45561</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="1">
         <v>290</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E291" s="2">
-        <v>266017</v>
+        <v>67063</v>
       </c>
       <c r="F291" s="2">
-        <v>266017</v>
+        <v>67063</v>
       </c>
       <c r="G291" s="2">
-        <v>263434</v>
+        <v>66412</v>
       </c>
       <c r="H291" s="2">
-        <v>260852</v>
+        <v>65761</v>
       </c>
       <c r="I291" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="1">
         <v>291</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E292" s="2">
-        <v>319216</v>
+        <v>154613</v>
       </c>
       <c r="F292" s="2">
-        <v>319216</v>
+        <v>154613</v>
       </c>
       <c r="G292" s="2">
-        <v>316116</v>
+        <v>153112</v>
       </c>
       <c r="H292" s="2">
-        <v>313017</v>
+        <v>151611</v>
       </c>
       <c r="I292" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="1">
         <v>292</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>612</v>
+        <v>628</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="E293" s="2">
-        <v>390782</v>
+        <v>5000</v>
       </c>
       <c r="F293" s="2">
-        <v>390782</v>
+        <v>5000</v>
       </c>
       <c r="G293" s="2">
-        <v>386988</v>
+        <v>5000</v>
       </c>
       <c r="H293" s="2">
-        <v>383194</v>
+        <v>5000</v>
       </c>
       <c r="I293" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="1">
         <v>293</v>
       </c>
       <c r="B294" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="C294" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="C294" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D294" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E294" s="2">
-        <v>1918</v>
+        <v>6000</v>
       </c>
       <c r="F294" s="2">
-        <v>1918</v>
+        <v>6000</v>
       </c>
       <c r="G294" s="2">
-        <v>1899</v>
+        <v>6000</v>
       </c>
       <c r="H294" s="2">
-        <v>1881</v>
+        <v>6000</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="1">
         <v>294</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E295" s="2">
-        <v>28687</v>
+        <v>152496</v>
       </c>
       <c r="F295" s="2">
-        <v>28687</v>
+        <v>152496</v>
       </c>
       <c r="G295" s="2">
-        <v>28408</v>
+        <v>151015</v>
       </c>
       <c r="H295" s="2">
-        <v>28130</v>
+        <v>149535</v>
       </c>
       <c r="I295" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="1">
         <v>295</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E296" s="2">
-        <v>57332</v>
+        <v>14804</v>
       </c>
       <c r="F296" s="2">
-        <v>57332</v>
+        <v>14804</v>
       </c>
       <c r="G296" s="2">
-        <v>56775</v>
+        <v>14660</v>
       </c>
       <c r="H296" s="2">
-        <v>56219</v>
+        <v>14517</v>
       </c>
       <c r="I296" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="1">
         <v>296</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E297" s="2">
-        <v>84800</v>
+        <v>44154</v>
       </c>
       <c r="F297" s="2">
-        <v>84800</v>
+        <v>44154</v>
       </c>
       <c r="G297" s="2">
-        <v>83977</v>
+        <v>43725</v>
       </c>
       <c r="H297" s="2">
-        <v>83153</v>
+        <v>43297</v>
       </c>
       <c r="I297" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="1">
         <v>297</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>325</v>
+        <v>152</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E298" s="2">
-        <v>110282</v>
+        <v>86592</v>
       </c>
       <c r="F298" s="2">
-        <v>110282</v>
+        <v>86592</v>
       </c>
       <c r="G298" s="2">
-        <v>109211</v>
+        <v>85751</v>
       </c>
       <c r="H298" s="2">
-        <v>108141</v>
+        <v>84911</v>
       </c>
       <c r="I298" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="1">
         <v>298</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>325</v>
+        <v>641</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="E299" s="2">
-        <v>139214</v>
+        <v>70000</v>
       </c>
       <c r="F299" s="2">
-        <v>139214</v>
+        <v>70000</v>
       </c>
       <c r="G299" s="2">
-        <v>137862</v>
+        <v>70000</v>
       </c>
       <c r="H299" s="2">
-        <v>136511</v>
+        <v>70000</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="1">
         <v>299</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>629</v>
+        <v>152</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="E300" s="2">
-        <v>19889</v>
+        <v>57737</v>
       </c>
       <c r="F300" s="2">
-        <v>19889</v>
+        <v>57737</v>
       </c>
       <c r="G300" s="2">
-        <v>19696</v>
+        <v>57176</v>
       </c>
       <c r="H300" s="2">
-        <v>19503</v>
+        <v>56616</v>
       </c>
       <c r="I300" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="1">
         <v>300</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>629</v>
+        <v>152</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="E301" s="2">
-        <v>31013</v>
+        <v>115448</v>
       </c>
       <c r="F301" s="2">
-        <v>31013</v>
+        <v>115448</v>
       </c>
       <c r="G301" s="2">
-        <v>30712</v>
+        <v>114327</v>
       </c>
       <c r="H301" s="2">
-        <v>30411</v>
+        <v>113206</v>
       </c>
       <c r="I301" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="1">
         <v>301</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>629</v>
+        <v>152</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E302" s="2">
-        <v>46463</v>
+        <v>144303</v>
       </c>
       <c r="F302" s="2">
-        <v>46463</v>
+        <v>144303</v>
       </c>
       <c r="G302" s="2">
-        <v>46012</v>
+        <v>142902</v>
       </c>
       <c r="H302" s="2">
-        <v>45561</v>
+        <v>141501</v>
       </c>
       <c r="I302" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="1">
         <v>302</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>629</v>
+        <v>650</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="E303" s="2">
-        <v>67063</v>
+        <v>10000</v>
       </c>
       <c r="F303" s="2">
-        <v>67063</v>
+        <v>10000</v>
       </c>
       <c r="G303" s="2">
-        <v>66412</v>
+        <v>10000</v>
       </c>
       <c r="H303" s="2">
-        <v>65761</v>
+        <v>10000</v>
       </c>
       <c r="I303" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="1">
         <v>303</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>629</v>
+        <v>398</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="E304" s="2">
-        <v>154613</v>
+        <v>142992</v>
       </c>
       <c r="F304" s="2">
-        <v>154613</v>
+        <v>142992</v>
       </c>
       <c r="G304" s="2">
-        <v>153112</v>
+        <v>141604</v>
       </c>
       <c r="H304" s="2">
-        <v>151611</v>
+        <v>140215</v>
       </c>
       <c r="I304" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="1">
         <v>304</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>652</v>
+        <v>398</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="E305" s="2">
-        <v>5000</v>
+        <v>84868</v>
       </c>
       <c r="F305" s="2">
-        <v>5000</v>
+        <v>84868</v>
       </c>
       <c r="G305" s="2">
-        <v>5000</v>
+        <v>84044</v>
       </c>
       <c r="H305" s="2">
-        <v>5000</v>
+        <v>83220</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="1">
         <v>305</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>652</v>
+        <v>398</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E306" s="2">
-        <v>6000</v>
+        <v>56558</v>
       </c>
       <c r="F306" s="2">
-        <v>6000</v>
+        <v>56558</v>
       </c>
       <c r="G306" s="2">
-        <v>6000</v>
+        <v>56009</v>
       </c>
       <c r="H306" s="2">
-        <v>6000</v>
+        <v>55460</v>
       </c>
       <c r="I306" s="1" t="s">
-        <v>11</v>
-[...375 lines deleted...]
-      <c r="I319" s="1" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>